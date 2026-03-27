--- v0 (2025-12-28)
+++ v1 (2026-03-27)
@@ -54,2000 +54,2000 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>1215</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PELOM</t>
   </si>
   <si>
     <t>Proposta de Emenda à Lei Orgânica</t>
   </si>
   <si>
     <t>MESA DIRETORA - MD</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1215/001_-_2024_-_proposta_de_emenda_a_lei_organica.pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1215/001_-_2024_-_proposta_de_emenda_a_lei_organica.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre acrescentar o Art.74-A à Lei Orgânica do Município de Santa Cruz-RN.</t>
   </si>
   <si>
     <t>1090</t>
   </si>
   <si>
     <t>PLCM</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar Municipal</t>
   </si>
   <si>
     <t>Ivanildo Ferreira Lima Filho</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1090/projeto_de_lei_complementar_n_001-2024.pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1090/projeto_de_lei_complementar_n_001-2024.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a elevação do piso salarial do magistério para o ano de 2024, altera o orçamento municipal quanto aos créditos adicionais, e dá outras providências.</t>
   </si>
   <si>
     <t>1091</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1091/projeto_de_lei_complementar_n_002-2024.pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1091/projeto_de_lei_complementar_n_002-2024.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o pagamento do Piso Salarial Nacional dos Agentes Comunitários de Saúde - ACS e de Agente de Combate às Endemias - ACE, na forma do Art. 198, §§ 8°, 9°, 10 e 11 da Constituição Federal, e dá outras providências.</t>
   </si>
   <si>
     <t>1045</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1045/projeto_de_lei_complementar_no_003-2024_-_isencao_de_tributos_-_calcadao_ivanildo.pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1045/projeto_de_lei_complementar_no_003-2024_-_isencao_de_tributos_-_calcadao_ivanildo.pdf</t>
   </si>
   <si>
     <t>Concede a isenção do pagamento do Imposto Predial e Territorial Urbano (IPTU); da Taxa de Lixo; e da Taxa de Localização e Funcionamento (Alvará), por até 10 (dez) anos às Pessoas Jurídicas que instalarem seus estabelecimentos comerciais no Calçadão da Integração Ivanildo Ferreira Lima, que será construído na atual Travessa Senador Georgino Avelino, no centro da cidade.</t>
   </si>
   <si>
     <t>1044</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1044/projeto_de_lei_complementar_no_004-2024_-_diretor_e_vice_de_escolas.pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1044/projeto_de_lei_complementar_no_004-2024_-_diretor_e_vice_de_escolas.pdf</t>
   </si>
   <si>
     <t>Acrescenta à Estrutura Administrativa da Prefeitura Municipal de Santa Cruz/RN, uma vaga de Diretor Nível I e Vice-Diretor Nível I, e dá outras providências.</t>
   </si>
   <si>
     <t>1961</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/</t>
   </si>
   <si>
     <t>“Não houve apresentação de Projetos de Lei Complementar por esta Casa Legislativa no ano referido".</t>
   </si>
   <si>
     <t>1092</t>
   </si>
   <si>
     <t>PLO M</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária Municipal</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1092/projeto_de_lei_municipal_n_001-2024.pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1092/projeto_de_lei_municipal_n_001-2024.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a elevação do salário mínimo do ano de 2024, altera o orçamento municipal quanto aos créditos adicionais, e dá outras providências.</t>
   </si>
   <si>
     <t>1103</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1103/pl_municipal_n_002-2024.pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1103/pl_municipal_n_002-2024.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a contratar condutores de ambulância para fechamento da escala do Serviço de Atendimento Móvel de Urgência – SAMU de Santa Cruz/RN.</t>
   </si>
   <si>
     <t>1102</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1102/pl_municipal_n_003-2024.pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1102/pl_municipal_n_003-2024.pdf</t>
   </si>
   <si>
     <t>Autoriza a inserção no Orçamento Municipal de 2024, o repasse mensal dos recursos recebidos da União para cumprimento da assistência financeira complementar de que trata a Emenda Constitucional nº 127/2022.</t>
   </si>
   <si>
     <t>1101</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1101/pl_municipal_n_004-2024.pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1101/pl_municipal_n_004-2024.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a autorização para a abertura de crédito adicional suplementar e dá outras providências.</t>
   </si>
   <si>
     <t>1100</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1100/pl_municipal_n_005-2024.pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1100/pl_municipal_n_005-2024.pdf</t>
   </si>
   <si>
     <t>Concede isenção tributária aos beneficiários dos programas de habitação de interesse social custeados pelas fontes de recursos indicadas no art. 6º, incisos I a IV, da Lei Federal 14.620, de 13 de julho de 2023.</t>
   </si>
   <si>
     <t>1097</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1097/pl_municipal_n_006-2024.pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1097/pl_municipal_n_006-2024.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a desenvolver ações e aporte de Contrapartida Municipal para implementar o Programa Minha Casa Minha Vida, conforme disposto na Lei Federal nº11.977 de 07 de Julho de 2009 e na Medida Provisória 1.162 de 14 de Fevereiro de 2023, e também nas disposições das instruções normativas do Ministério das Cidades, e dá outras providências.</t>
   </si>
   <si>
     <t>1095</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1095/pl_municipal_n_007-2024.pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1095/pl_municipal_n_007-2024.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a doar áreas de propriedade do Município de Santa Cruz/RN, ao Fundo de Arrendamento Residencial - FAR, representado pela Caixa Econômica Federal - CEF, para fins de construção de moradias destinadas à alienação no âmbito do Programa Minha Casa, Minha Vida.</t>
   </si>
   <si>
     <t>1057</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1057/projeto_de_lei_municipal_008-2024.pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1057/projeto_de_lei_municipal_008-2024.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Lei das Diretrizes Orçamentárias para elaboração do orçamento geral do município para exercício de 2025, e dá outras providências.</t>
   </si>
   <si>
     <t>1094</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1094/pl_municipal_n_009-2024.pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1094/pl_municipal_n_009-2024.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a política da educação em tempo integral e define as diretrizes gerais a serem observadas na implantação em nossa rede pública municipal de ensino.</t>
   </si>
   <si>
     <t>1042</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1042/projeto_de_lei_municipal_n_011-2024.pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1042/projeto_de_lei_municipal_n_011-2024.pdf</t>
   </si>
   <si>
     <t>Promove adequação orçamentária no âmbito do Município de Santa Cruz/RN, e autoriza a abertura de  de crédito especial ao orçamento anual de 2024 no valor de R$ 295,895,14 (duzentos e noventa e cinco mil, oitocentos e noventa e cinco e quatorze centavos), valor que será acrescido à loa.</t>
   </si>
   <si>
     <t>1043</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1043/projeto_de_lei_no_012-2024_-_denomina_calcadao_ivanildo.pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1043/projeto_de_lei_no_012-2024_-_denomina_calcadao_ivanildo.pdf</t>
   </si>
   <si>
     <t>Denomina a atual “Travessa Senador Georgino Avelino”, como “Calçadão da Integração Ivanildo Ferreira Lima”.</t>
   </si>
   <si>
     <t>1141</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1141/pl_municipal_01324.pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1141/pl_municipal_01324.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a ratificar sua participação no Consórcio Intermunicipal Multifinalitário da região do Seridó do Rio Grande do Norte - CIM - SERIDÓ, bem como a adequar sua execução orçamentária ao novo regime jurídico adotado para Consórcios Públicos, na forma e condições previstas pela Lei Federal nº 11.107/2005 e dá outras providências.</t>
   </si>
   <si>
     <t>1142</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1142/pl_municipal_01624.pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1142/pl_municipal_01624.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a ratificar sua participação no Consórcio Intermunicipal de Saúde do Seridó-CIS/SERIDÓ, bem como a adequar sua execução orçamentária ao novo regime jurídico adotado para Consórcios Públicos, na forma e condições previstas pela Lei Federal nº 11.107/2005 e dá outras providências.</t>
   </si>
   <si>
     <t>1143</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1143/pl_municipal_01724.pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1143/pl_municipal_01724.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a autorização para abertura de créditos adicionais, e dá outras providências.</t>
   </si>
   <si>
     <t>1144</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1144/pl_municipal_01824.pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1144/pl_municipal_01824.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a autorização para abertura de crédito adicional e dá outras providências.</t>
   </si>
   <si>
     <t>1184</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1184/projeto_de_lei_019-2024_-_loa_2025_final.pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1184/projeto_de_lei_019-2024_-_loa_2025_final.pdf</t>
   </si>
   <si>
     <t>Estima a receita e fixa a despesa do Município de Santa Cruz/RN, para o exercício financeiro de 2025 e dá outras providências.</t>
   </si>
   <si>
     <t>1235</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1235/projeto_de_lei_municipal_no_020-2024.pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1235/projeto_de_lei_municipal_no_020-2024.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a instituição do Incentivo componente de qualidade para as ESF, EAP, ESB e EMULTI no âmbito da atenção primária à saúde conforme Portaria GM/MS nº 3.493, de 10 de abril de 2024, Revogada a Lei Complementar Municipal nº 004/2023 e Lei Ordinária Municipal nº 893/2023, e dá outras providências.</t>
   </si>
   <si>
     <t>1248</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1248/projeto_de_lei_municipal_021-2024.pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1248/projeto_de_lei_municipal_021-2024.pdf</t>
   </si>
   <si>
     <t>Autoriza abertura de crédito adicional ao orçamento anual de 2024, e dá outras providências.</t>
   </si>
   <si>
     <t>1284</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1284/projeto_de_lei_no_022-2024_-_criacao_de_unidade_escolar_-_cmei_maria_celestina.pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1284/projeto_de_lei_no_022-2024_-_criacao_de_unidade_escolar_-_cmei_maria_celestina.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação do Centro Municipal de Educação Infantil ‘Professora Maria Celestina da Silveira’ e da outras providências.</t>
   </si>
   <si>
     <t>1303</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1303/pl_023-2024.pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1303/pl_023-2024.pdf</t>
   </si>
   <si>
     <t>Autoriza desvincular a abertura dos créditos adicionais suplementares autorizados pela Lei Municipal nº 932/2021, e dá outras providências.</t>
   </si>
   <si>
     <t>1304</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1304/pl_024-2024.pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1304/pl_024-2024.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o autorização do repasse do Incentivo Financeiro Adicional (lFA), previsto no Decreto nº 8.474, de 22 de junho de 2015 e nas portarias nºs 3.278/2020 de 03 de dezembro de 2020 e o 3.317, de 07 de dezembro de 2020, do Ministério da Saúde, a ser destinado aos Agentes Comunitários de Saúde - ACS e Agentes de Combate às Endemias-ACE do Município de Santa Cruz/RN, e dá outras providências.</t>
   </si>
   <si>
     <t>1305</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1305/pl_025-2024.pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1305/pl_025-2024.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a instituição de Gratificação Específica do Programa Nacional de Qualificação a Assistência Farmacêutica (QUALIFAR-SUS) no município de Santa Cruz/RN e dá outras providências.</t>
   </si>
   <si>
     <t>1306</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1306/pl_026-2024.pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1306/pl_026-2024.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a regularização fundiária de terrenos localizados no bairro Maracujá, no Município de Santa Cruz/RN, e dá outras providências.</t>
   </si>
   <si>
     <t>1307</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1307/pl_027-2024.pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1307/pl_027-2024.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o permuta de área do município, em substituição a áreas de particulares que o município expropriou, e dá outras providências.</t>
   </si>
   <si>
     <t>1308</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1308/pl_028-2024.pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1308/pl_028-2024.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a alteração do Conselho Municipal de Turismo de Santa Cruz/RN, e dá outros providências.</t>
   </si>
   <si>
     <t>1093</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>Dispõe sobre a revisão anual dos vencimentos dos servidores efetivos da Câmara Municipal de Santa Cruz/RN.</t>
   </si>
   <si>
     <t>731</t>
   </si>
   <si>
     <t>Erivan Justino</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/731/pjl_no_002-2024.pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/731/pjl_no_002-2024.pdf</t>
   </si>
   <si>
     <t>Declara de utilidade pública a Declara de utilidade pública a associação dos agricultores familiares da comunidade mangangá, com sede na mesma localidade, município de santa cruz-rn, e dá outras providências.</t>
   </si>
   <si>
     <t>733</t>
   </si>
   <si>
     <t>Beto da Saúde</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/733/pjl_no_003-2024.pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/733/pjl_no_003-2024.pdf</t>
   </si>
   <si>
     <t>Declara de utilidade pública a associação dos agricultores familiares da comunidade Riacho Salgado, município de santa cruz-rn, e dá outras providências.</t>
   </si>
   <si>
     <t>737</t>
   </si>
   <si>
     <t>Josemar Bezerra</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/737/pjl_no_004-2024_0001.pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/737/pjl_no_004-2024_0001.pdf</t>
   </si>
   <si>
     <t>Institui a semana Municipal de Prevenção e Combate ao mosquito transmissor dos vírus da dengue, zika e chikungunya no âmbito do município de Santa Cruz  na forma que indica e dá outras providencias.</t>
   </si>
   <si>
     <t>1109</t>
   </si>
   <si>
     <t>Dispõe sobre a obrigatoriedade de divulgação da relação atualizada de pedidos de consertos e manutenção da iluminação pública nas dependências da Secretaria de planejamento e no site oficial da Prefeitura Municipal de Santa Cruz.</t>
   </si>
   <si>
     <t>739</t>
   </si>
   <si>
     <t>Lucicláudio Bezerra</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/739/pjl_no_006-2024.pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/739/pjl_no_006-2024.pdf</t>
   </si>
   <si>
     <t>Veda o manuseio, a utilização, a queima e a soltura de fogos de estampido e de artifícios, assim como de quaisquer artefatos pirotécnicos de efeito ruidoso no município de Santa Cruz/RN, e dá outras providências.</t>
   </si>
   <si>
     <t>1112</t>
   </si>
   <si>
     <t>Dispõe sobre a inclusão da temática de educação ambiental no programa de ensino das escolas da rede pública do município de Santa Cruz, e dá outras providências.</t>
   </si>
   <si>
     <t>1113</t>
   </si>
   <si>
     <t>Talita Marielle</t>
   </si>
   <si>
     <t>Dispõe sobre a política pública municipal para garantia, proteção e ampliação dos direitos das pessoas com Transtorno do Espectro Autista (TEA) e seus familiares.</t>
   </si>
   <si>
     <t>1117</t>
   </si>
   <si>
     <t>“Dispõe sobre a isenção do pagamento do Imposto Predial e Territorial Urbano (IPTU) às pessoas com síndrome de Down ou fibromialgia incapacitante_x000D_
 total e dá outras providências.”</t>
   </si>
   <si>
     <t>741</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>Nayara Fonseca</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/741/pl_no_010-25.pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/741/pl_no_010-25.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a obrigatoriedade de inclusão de intérprete da Língua Brasileira de Sinais – Libras em todos os eventos públicos oficiais do Município de Santa Cruz/RN e dá outras providências.</t>
   </si>
   <si>
     <t>742</t>
   </si>
   <si>
     <t>Tarcísio das Horteiras</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/742/pjl_no_011-2024.pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/742/pjl_no_011-2024.pdf</t>
   </si>
   <si>
     <t>Reconhece a associação dos árbitros de santa cruz/RN, como instituição de utilidade pública, e dá outras providências.</t>
   </si>
   <si>
     <t>1124</t>
   </si>
   <si>
     <t>“Assegura aos estudantes no ensino fundamental da rede pública municipal do Município de Santa Cruz o acesso a conteúdos mínimos de educação financeira e dá outras providencias.”</t>
   </si>
   <si>
     <t>1125</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE PROGRAMA DE ASSISTÊNCIA SOCIAL A PESSOA COM TRANSTORNO DO ESPECTRO AUTISTA NO MUNICIPIO DE SANTA CRUZ.”</t>
   </si>
   <si>
     <t>743</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/743/pjl_no_014-2024.pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/743/pjl_no_014-2024.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre emenda modificativa no texto do artigo 1º e no anexo I da lei municipal nº 582/2009</t>
   </si>
   <si>
     <t>996</t>
   </si>
   <si>
     <t>Fábio Dias, Erivan Justino, Tarcísio das Horteiras</t>
   </si>
   <si>
     <t>Equipara o subsídio de Agentes Políticos da Prefeitura Municipal de Santa Cruz/RN, aos subsídios dos Secretários Municipais, fixados na Lei Municipal nº 98/2023, e dá outras providências.</t>
   </si>
   <si>
     <t>1132</t>
   </si>
   <si>
     <t>“Reconhece, no âmbito do município de Santa Cruz, o cordão de girassol como instrumento auxiliar de orientação para identificação de pessoas com_x000D_
 deficiências não visíveis e dá outras providências.”</t>
   </si>
   <si>
     <t>1148</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1148/projeto_de_lei_no_019_-_2024__-_pl_da_logotipo_da_camara_de_santa_cruz_-_rn.pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1148/projeto_de_lei_no_019_-_2024__-_pl_da_logotipo_da_camara_de_santa_cruz_-_rn.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação do Logotipo Oficial da Câmara de Vereadores e adoção de manual de marca, e dá outras providências.</t>
   </si>
   <si>
     <t>1183</t>
   </si>
   <si>
     <t>Fábio Dias</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1183/pl_020-2024_-_transferencia_de_bens_em_desuso.pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1183/pl_020-2024_-_transferencia_de_bens_em_desuso.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a transferência e posse de bens patrimoniais em desuso ou danificado, para o domínio do Executivo Municipal e dá outras providências.</t>
   </si>
   <si>
     <t>1212</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1212/pdl_021-2024.pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1212/pdl_021-2024.pdf</t>
   </si>
   <si>
     <t>Autoriza o poder executivo a criar o Programa Caixa D'água Social, que garante reservatórios de água individuais (Caixa D 'água) a famílias comprovadamente de baixa renda, no âmbito do Município de Santa Cruz/RN, e dá outras providências.</t>
   </si>
   <si>
     <t>1220</t>
   </si>
   <si>
     <t>MESA DIRETORA - MD, Beto da Saúde, Erivan Justino, Fábio Dias, Marco Celito, Tarcísio das Horteiras</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1220/pl_022-2024.pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1220/pl_022-2024.pdf</t>
   </si>
   <si>
     <t>Modifica o art. 1º da Lei Municipal nº 737/2017 para instituir férias anuais com o acréscimo de 1/3 a ser pagos sempre no mês de Dezembro, e dá outras providências.</t>
   </si>
   <si>
     <t>1221</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1221/pl_023-2024.pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1221/pl_023-2024.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ATENDIMETNO PRIORITÁRIO AOS ADVOGADOS NAS REPARTIÇOES PÚBLICAS, AUTARQUIAS, CARTÓRIOS EXTRAJUDICIAIS E INSTITUIÇÕES FINANCEIRAS E ASSEMELHADOS NO ÂMBITO DO MÚNICÍPIO.</t>
   </si>
   <si>
     <t>1222</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1222/pl_024-2024.pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1222/pl_024-2024.pdf</t>
   </si>
   <si>
     <t>Recepciona a Lei Federal nº 13.913, de 25 de novembro de 2019, no âmbito do município de Santa Cruz-RN e dá outras providências.</t>
   </si>
   <si>
     <t>1234</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1234/pl_025-2024.pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1234/pl_025-2024.pdf</t>
   </si>
   <si>
     <t>INSTITUI NO CALENDÁRIO DAS FESTIVIDADES DE EMANCIPAÇÃO POLÍTICA DO MUNICÍPIO DE SANTA CRUZ/RN, O EVENTO CATÓLICO DENOMINADO CURA-ME SENHOR.</t>
   </si>
   <si>
     <t>1249</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1249/projeto_de_lei_no_026-2024_-_fabio_dias.pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1249/projeto_de_lei_no_026-2024_-_fabio_dias.pdf</t>
   </si>
   <si>
     <t>Reconhece a Associação ASSOCIAÇÃO COMUNITÁRIA DO SEMIARIDO POTIGUAR - ACOSAP, como instituição de utilidade pública, e dá outras providências.</t>
   </si>
   <si>
     <t>1250</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1250/projeto_de_lei_no_027-2024_-_fabio_dias.pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1250/projeto_de_lei_no_027-2024_-_fabio_dias.pdf</t>
   </si>
   <si>
     <t>Reconhece a Associação ASSOCIAÇÃO CULTURAL, DESPORTIVA E SOCIAL TRAIRIENSE - ACDEST, como instituição de utilidade pública, e dá outras providências.</t>
   </si>
   <si>
     <t>1273</t>
   </si>
   <si>
     <t>Reconhece a ASSOCIAÇÃO DESPORTIVA CRUZ DE MALTA, como instituição de utilidade pública, e dá outras providências.</t>
   </si>
   <si>
     <t>972</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
     <t>Marco Celito</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/972/projeto_de_decreto_legislativo_no_001_2024_-_concede_o_titulo_de_cidadao_santa-cruzsense_ao_senhor_jaime_ramos_silva..pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/972/projeto_de_decreto_legislativo_no_001_2024_-_concede_o_titulo_de_cidadao_santa-cruzsense_ao_senhor_jaime_ramos_silva..pdf</t>
   </si>
   <si>
     <t>concede o titulo cidadã ao s.r. Jaime Ramos silva.</t>
   </si>
   <si>
     <t>1105</t>
   </si>
   <si>
     <t>Rodolfo Bezerril</t>
   </si>
   <si>
     <t>Concede o Título de CIDADÃO SANTA-CRUZENSE ao Senhor Claudionor Araújo da Silva Júnior.</t>
   </si>
   <si>
     <t>1114</t>
   </si>
   <si>
     <t>Concede o Título de Cidadão Santa-cruzense a Senhora DANIELE CAMPELO LEOPOLDINO.</t>
   </si>
   <si>
     <t>1115</t>
   </si>
   <si>
     <t>Concede o Título de Cidadão Santa-cruzense ao Senhor ANDERSON LUIZ DE ARAUJO.</t>
   </si>
   <si>
     <t>978</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/978/projeto_de_decreto_legislativo_no_concede_ao_bacharel_em_direito_joao_paulo_pereira_de_oliveira_o_titulo_de_cidadao_santacruzense_e_da_outras_providencias.pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/978/projeto_de_decreto_legislativo_no_concede_ao_bacharel_em_direito_joao_paulo_pereira_de_oliveira_o_titulo_de_cidadao_santacruzense_e_da_outras_providencias.pdf</t>
   </si>
   <si>
     <t>concede o titulo cidadã Santacruzence ao s.r. João Paulo Pereira de oliveira (del. João Paulo)</t>
   </si>
   <si>
     <t>974</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/974/projeto_de_decreto_legislativo_no_007_2024_-_concede_o_titulo_de_cidadao_santacruzense_a_sra_maria_das_gracas_batista_da_costa.pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/974/projeto_de_decreto_legislativo_no_007_2024_-_concede_o_titulo_de_cidadao_santacruzense_a_sra_maria_das_gracas_batista_da_costa.pdf</t>
   </si>
   <si>
     <t>Concede o titulo a Sra. Maria das graças batista da costa .</t>
   </si>
   <si>
     <t>1122</t>
   </si>
   <si>
     <t>Concede o título de CIDADÃO SANTACRUZENSE a Sra Maria das Graças Batista da Costa.</t>
   </si>
   <si>
     <t>975</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/975/projeto_de_decreto_legislativo_no_008_2024_-_concede_o_titulo_de_cidadao_santa-cruzense_ao_senhor_frei_jean_alves_de_lima.pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/975/projeto_de_decreto_legislativo_no_008_2024_-_concede_o_titulo_de_cidadao_santa-cruzense_ao_senhor_frei_jean_alves_de_lima.pdf</t>
   </si>
   <si>
     <t>Concede o titulo cidadã ao sr frei Jean Alves de lima.</t>
   </si>
   <si>
     <t>976</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/976/projet1.pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/976/projet1.pdf</t>
   </si>
   <si>
     <t>Concede o titulo ao excelentíssimo s.r. juiz de direito Dr João Henrique Bressan de Souza.</t>
   </si>
   <si>
     <t>977</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/977/projeto_de_decreto_legislativo_no_010_2024_-_concede_o_titulo_de_idadao_santa-cruzense_ao_senhor_felipe_freitas..pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/977/projeto_de_decreto_legislativo_no_010_2024_-_concede_o_titulo_de_idadao_santa-cruzense_ao_senhor_felipe_freitas..pdf</t>
   </si>
   <si>
     <t>concede o titulo ao sr Felipe Freitas.</t>
   </si>
   <si>
     <t>942</t>
   </si>
   <si>
     <t>Paulo César</t>
   </si>
   <si>
     <t>“Concede o Título de CIDADÃ SANTA-CRUZENSE à ilustríssima senhora MARIA CLAUDIA MEDEIROS DANTAS DE RUBIM COSTA.</t>
   </si>
   <si>
     <t>981</t>
   </si>
   <si>
     <t>Institui a 'Comenda Joseneide Dantas de Araújo', no âmbito do Poder Legislativo Municipal.</t>
   </si>
   <si>
     <t>1055</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1055/018_-_2024_-_maria_goreti.pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1055/018_-_2024_-_maria_goreti.pdf</t>
   </si>
   <si>
     <t>Concede o título de CIDADÃO SANTACRUZENSE a Sra Maria Goretti Borges de Oliveira Ferreira.</t>
   </si>
   <si>
     <t>1056</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1056/019_-_2024_-_medalha_bene_fabio_costa_de_farias.pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1056/019_-_2024_-_medalha_bene_fabio_costa_de_farias.pdf</t>
   </si>
   <si>
     <t>Concede ao Fábio Costa de Farias, a medalha de honra ao Mérito Esportivo (Benedito Aquino Soares - Bené)."</t>
   </si>
   <si>
     <t>1058</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1058/020_-_2024_-_concede_a_comenda_professora_maroquinha_a_senhora_miriam_estevam_de_freitas..pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1058/020_-_2024_-_concede_a_comenda_professora_maroquinha_a_senhora_miriam_estevam_de_freitas..pdf</t>
   </si>
   <si>
     <t>Concede a Comenda “Professora Maroquinha” à Senhora MIRIAM ESTEVAM DE FREITAS.</t>
   </si>
   <si>
     <t>1059</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1059/021_-_2024_-_valdo_teodosio.pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1059/021_-_2024_-_valdo_teodosio.pdf</t>
   </si>
   <si>
     <t>Concede o Título de CIDADÃO SANTA-CRUZENSE ao ilustríssimo senhor VALDO TEODÓSIO DE ALMEIDA.</t>
   </si>
   <si>
     <t>1060</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1060/022_-_2024_-_concede_a_comenda_professora_maroquinha_ao_senhor_francisco_assis_dantas.pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1060/022_-_2024_-_concede_a_comenda_professora_maroquinha_ao_senhor_francisco_assis_dantas.pdf</t>
   </si>
   <si>
     <t>Concede a Comenda “Professora Maroquinha” ao Senhor FRANCISCO ASSIS DANTAS.</t>
   </si>
   <si>
     <t>1133</t>
   </si>
   <si>
     <t>Élcio Pontes</t>
   </si>
   <si>
     <t>“Concede o Título de CIDADÃO SANTA-CRUZENSE ao senhor JONAS TAVARES DE MELO JÚNIOR.”</t>
   </si>
   <si>
     <t>1134</t>
   </si>
   <si>
     <t>“Concede ao Senhor Carlos Antônio Alves, a Medalha de Honra ao Mérito Esportivo (Benedito Aquino Soares – Bené), e dá outras providências.”</t>
   </si>
   <si>
     <t>1177</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1177/projeto_de_decreto_no_026-2024_-_talita_marielle.pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1177/projeto_de_decreto_no_026-2024_-_talita_marielle.pdf</t>
   </si>
   <si>
     <t>Concede o Título de Cidadão Santa-cruzense ao Senhor Eston de Freitas.</t>
   </si>
   <si>
     <t>1193</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1193/projeto_de_decreto_no_027-2024_-_josemar.pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1193/projeto_de_decreto_no_027-2024_-_josemar.pdf</t>
   </si>
   <si>
     <t>Concede a Comenda José de Pontes Dantas ao Senhor Gelson Fernandes Muniz, pelos seus relevantes serviços na área empresarial.</t>
   </si>
   <si>
     <t>1194</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1194/projeto_de_decreto_no_028-2024_-_josemar.pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1194/projeto_de_decreto_no_028-2024_-_josemar.pdf</t>
   </si>
   <si>
     <t>Concede a Comenda José de Pontes Dantas a Senhora Raphaela Thaís Oliveira Costa, pelos seus relevantes serviços na área empresarial.</t>
   </si>
   <si>
     <t>1195</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1195/projeto_de_decreto_no_029-2024_-_josemar.pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1195/projeto_de_decreto_no_029-2024_-_josemar.pdf</t>
   </si>
   <si>
     <t>Concede a Comenda José de Pontes Dantas ao Senhor José Antônio Barbosa, pelos seus relevantes serviços na área empresarial.</t>
   </si>
   <si>
     <t>1198</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1198/projeto_de_decreto_no_030-2024_-_josemar.pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1198/projeto_de_decreto_no_030-2024_-_josemar.pdf</t>
   </si>
   <si>
     <t>Concede a Comenda José de Pontes Dantas ao Senhor João Maria de Almeida, pelos seus relevantes serviços na área empresarial.</t>
   </si>
   <si>
     <t>1225</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
     <t>Concede o Título de Cidadão Santa-cruzense ao Senhor Senador  Eann Styvenson Valentim Mendes.</t>
   </si>
   <si>
     <t>1257</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1257/pl_decreto_legislativo_no_032-2024.pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1257/pl_decreto_legislativo_no_032-2024.pdf</t>
   </si>
   <si>
     <t>Concede o Título de Cidadão Santa-cruzense ao senhor Mauri Alves de Oliveira.</t>
   </si>
   <si>
     <t>1277</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1277/pl_decreto_no_033-2024.pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1277/pl_decreto_no_033-2024.pdf</t>
   </si>
   <si>
     <t>Concede o título de CIDADÃO SANTACRUZENSE ao Senhor Francisco Canindé Afonso Rezena.</t>
   </si>
   <si>
     <t>1278</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1278/projeto_de_decreto_no_034-2024.pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1278/projeto_de_decreto_no_034-2024.pdf</t>
   </si>
   <si>
     <t>Concede o Título de CIDADÃO SANTA-CRUZENSE ao senhor Adriano Marques Moreira Silva.</t>
   </si>
   <si>
     <t>1279</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1279/projeto_de_decreto_no_035-2024.pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1279/projeto_de_decreto_no_035-2024.pdf</t>
   </si>
   <si>
     <t>Concede o Título de CIDADÃO SANTA-CRUZENSE ao senhor Manoel Paulo de Andrade Neto, Conselheiro do Tribunal de Contas do Distrito Federal.</t>
   </si>
   <si>
     <t>945</t>
   </si>
   <si>
     <t>PR</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/945/projeto_de_resolucao_no_001_2024_-_disciplina_a_contratacao....pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/945/projeto_de_resolucao_no_001_2024_-_disciplina_a_contratacao....pdf</t>
   </si>
   <si>
     <t>Disciplina a contratação por tempo determinado para atender a necessidade temporária de excepcional interesse público, nos termos do inciso IX do art. 37 da Constituição Federal, no âmbito da Câmara Municipal de Santa Cruz/RN, e dá outras providências.</t>
   </si>
   <si>
     <t>946</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/946/projeto_de_resolucao_no_002_2024_-_cria_a_procuradoria_da_mulher_na_camara_municipal_de_santa_cruz_rn_e_da_outras_providencias..pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/946/projeto_de_resolucao_no_002_2024_-_cria_a_procuradoria_da_mulher_na_camara_municipal_de_santa_cruz_rn_e_da_outras_providencias..pdf</t>
   </si>
   <si>
     <t>Cria a Procuradoria da Mulher na Câmara Municipal de Santa Cruz/RN e dá outras providências.</t>
   </si>
   <si>
     <t>1299</t>
   </si>
   <si>
     <t>Dispõe sobre a reestruturação administrativa e organizacional da Câmara Municipal de Santa Cruz, do Quadro de Pessoal, das atribuições e dá outras providências.</t>
   </si>
   <si>
     <t>1300</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1300/projeto_de_resolucao_no_004-2024.pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1300/projeto_de_resolucao_no_004-2024.pdf</t>
   </si>
   <si>
     <t>Autoriza a realização da Sessão Especial de Posse, a ser realizada fora do recinto da Câmara Municipal.</t>
   </si>
   <si>
     <t>716</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/716/requerimento_no_001_2024_-_reitera_requerimento_solicitando_da_gestao_municipal_providencias_para_a_instalac.pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/716/requerimento_no_001_2024_-_reitera_requerimento_solicitando_da_gestao_municipal_providencias_para_a_instalac.pdf</t>
   </si>
   <si>
     <t>Reitera REQUERIMENTO solicitando da gestão municipal providências para a instalação de pavimentação em paralelepípedo da rua: Afonso Gerôncio da Fonseca (próximo a E.E. José Bezerra Cavalcante), no bairro 3 a 1, Santa Cruz-RN.</t>
   </si>
   <si>
     <t>718</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/718/requerimento_no_002_2024_-_.pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/718/requerimento_no_002_2024_-_.pdf</t>
   </si>
   <si>
     <t>Requer do Poder executivo, que junto a secretaria municipal de infraestrutura seja feito reparos com Pissaro na zona rural em pontos mais críticos.</t>
   </si>
   <si>
     <t>719</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/719/requerimento_no_003_2024_-_.pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/719/requerimento_no_003_2024_-_.pdf</t>
   </si>
   <si>
     <t>Requer do Poder executivo, que proceda com a conclusão de aproximadamente 50mt da pavimentação da rua JOSE MANOEL CAMPELO   no bairro MIGUEL PEREIRA MAIA.</t>
   </si>
   <si>
     <t>721</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/721/requerimento_no_004_2024_-_.pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/721/requerimento_no_004_2024_-_.pdf</t>
   </si>
   <si>
     <t>Requer na forma regimental que, após aprovação da Câmara Municipal, seja remetido expediente ao Exmo. Senhor Prefeito Ivanildo Ferreira Lima Filho para que seja remetido no prazo de 20 dias projeto detalhado de reforma e ampliação do mercado público.</t>
   </si>
   <si>
     <t>722</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/722/requerimento_no_005_2024_-_.pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/722/requerimento_no_005_2024_-_.pdf</t>
   </si>
   <si>
     <t>Requer ao Senhor prefeito Ivanildo Ferreira Lima Filho e ao assessor jurídico do município Dr. Ivalter Ferreira que agilizem o cumprimento da Lei Municipal 836/2021, para possibilitar garantia da redução de jornada de trabalho a servidores do município que tenham cônjuge, filho,  ou dependente com deficiência de qualquer natureza.</t>
   </si>
   <si>
     <t>726</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/726/requerimento_no_006_2024_-_.pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/726/requerimento_no_006_2024_-_.pdf</t>
   </si>
   <si>
     <t>Reitera REQUERIMENTO solicitando da gestão municipal providências para a instalação de pavimentação em paralelepípedo da rua: Anna Soares da Costa (Biana) (próximo a E.E. José Bezerra Cavalcante), no bairro 3 a 1, Santa Cruz-RN.</t>
   </si>
   <si>
     <t>727</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/727/requerimento_no_007_2024_-_requer_do_poder_executivo_municipal_que_seja_procedido_com_urgencia_com_a_pavimentacao_a_paralelepipedo_da_rua_maria_socorro_danras_brandao_no_bairro_maracuja..pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/727/requerimento_no_007_2024_-_requer_do_poder_executivo_municipal_que_seja_procedido_com_urgencia_com_a_pavimentacao_a_paralelepipedo_da_rua_maria_socorro_danras_brandao_no_bairro_maracuja..pdf</t>
   </si>
   <si>
     <t>Requer do poder executivo municipal que seja procedido com urgência com a pavimentação a paralelepípedo da rua maria do socorro Dantas Brandão no bairro maracujá.</t>
   </si>
   <si>
     <t>729</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/729/requerimento_no_008_2024_-_requer_do_poder_executivo_municipal_que_seja_impantado_em_nosso_municipio_o_programa_de_capacitacao_e_geracao_de_renda..pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/729/requerimento_no_008_2024_-_requer_do_poder_executivo_municipal_que_seja_impantado_em_nosso_municipio_o_programa_de_capacitacao_e_geracao_de_renda..pdf</t>
   </si>
   <si>
     <t>Requer do poder executivo municipal que seja implantado em nosso município o programa de capacitação e geração de renda.</t>
   </si>
   <si>
     <t>989</t>
   </si>
   <si>
     <t>Requer do poder público municipal, na gestão do prefeito Ivanildo Ferreira, melhorias no Memorial COVID-19, providenciando lugar/espaço ao redor para receber flores e que todo ano no dia 14/12 seja realizado um Ato Ecumênico em homenagem às vítimas da COVID-19 do município de Santa Cruz-RN.</t>
   </si>
   <si>
     <t>1050</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1050/011_-_2024_-_requerimento.pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1050/011_-_2024_-_requerimento.pdf</t>
   </si>
   <si>
     <t>REQUER DO PODER EXECUTIVO MUNICIPAL QUE FAÇA UM ESTUDO PARA IMPLANTAÇÃO DE UM PROJETO DE TELEMEDICINA NA REDE MUNICIPAL DE SAÚDE NO MUNICÍPIO DE SANTA CRUZ.</t>
   </si>
   <si>
     <t>1051</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1051/012_-_2024_-_requerimento_2.pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1051/012_-_2024_-_requerimento_2.pdf</t>
   </si>
   <si>
     <t>REQUER DO PODER EXECUTIVO MUNICIPAL, QUE ATRAVÉS DA SECRETARIA MUNICIPAL DE SAÚDE, VEJA A VIABILIDADE DE PROFISSIONAIS PARA CASTRAÇÃO DE CÃES E GATOS (FÊMEAS) DE RUA.</t>
   </si>
   <si>
     <t>1170</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1170/requerimento_de_informacao_no_013-2024_-_ao_numero_de_emendas_recebidas_pelo_municipio_de_santa_cruz.pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1170/requerimento_de_informacao_no_013-2024_-_ao_numero_de_emendas_recebidas_pelo_municipio_de_santa_cruz.pdf</t>
   </si>
   <si>
     <t>Informações quanto ao número de emendas recebidas pelo município de Santa Cruz/RN (no período que se inicia em janeiro de 2021 até os dias), contendo os dados básicos das referidas emendas (valor da emenda, nome do parlamentar que a destinou, e, em que o recurso foi utilizado).</t>
   </si>
   <si>
     <t>1171</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1171/requerimento_de_informacao_no_014-2024_-_ao_numero_de_ligacoes_de_agua_ativas_e_inativas_no_municipio_de_santa_cruz.pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1171/requerimento_de_informacao_no_014-2024_-_ao_numero_de_ligacoes_de_agua_ativas_e_inativas_no_municipio_de_santa_cruz.pdf</t>
   </si>
   <si>
     <t>Informações quanto ao número de ligações de água ativas e inativas no município de Santa Cruz/RN ( quantas ligações estão ativas e quantas estão cortadas?).</t>
   </si>
   <si>
     <t>1176</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1176/requerimento_no_015-2024.pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1176/requerimento_no_015-2024.pdf</t>
   </si>
   <si>
     <t>Requer do Poder Executivo Municipal, que seja denominado uma artéria publica (rua) com o nome de Maria Ozimar Pereira.</t>
   </si>
   <si>
     <t>1182</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1182/requerimento_de_informacao_n_016-2024_-_valor_monetario_utilizado_nos_servicos_ocorridos_na_rua_jose_ferreira_de_medeiros.pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1182/requerimento_de_informacao_n_016-2024_-_valor_monetario_utilizado_nos_servicos_ocorridos_na_rua_jose_ferreira_de_medeiros.pdf</t>
   </si>
   <si>
     <t>Requer ao Excelentíssimo Sr. Prefeito IVANILDO FERREIRA LIMA FILHO,  solicitando-lhe enviar para esta Casa de Leis, informações quanto: ao valor monetário que está sendo utilizado na execução dos serviços de substituição do meio-fio, assim como da implantação de pavimentação (pisos intertravados) no canteiro central da Rua José Ferreira de Medeiros, nas proximidades da Unidade Básica de Saúde do Centro de Santa Cruz/RN.</t>
   </si>
   <si>
     <t>1219</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1219/requerimento_no_017-2024.pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1219/requerimento_no_017-2024.pdf</t>
   </si>
   <si>
     <t>Requer na forma regimental que seja disponibilizado o plenário da Câmara Municipal para realização de audiência pública a ocorrer no dia 07/11/2024, às 15:00 horas com a finalidade de discorrer sobre a retirada d'água do Açude Público Santa Cruz e sobre a nova estação de tratamento.</t>
   </si>
   <si>
     <t>1255</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1255/requerimento_no_018-2024.pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1255/requerimento_no_018-2024.pdf</t>
   </si>
   <si>
     <t>Requer do Poder Executivo, que junto a secretaria de saúde veja a possibilidade de melhorar o ramal telefônico (já existente) no Hospital Municipal Aluísio Bezerra, afim de melhorar o bom atendimento ao público através da comunicação.</t>
   </si>
   <si>
     <t>1287</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1287/requerimento_no_019-2024.pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1287/requerimento_no_019-2024.pdf</t>
   </si>
   <si>
     <t>Requer que após aprovado pelo plenário seja remetido expediente ao Sr. Prefeito Ivanildo Ferreira Lima Filho solicitando informações sobre critérios para concessão de Box, cobrança de taxas e tributos, equipamentos disponíveis aos ocupantes do novo mercado público a serem remetidas à Casa Legislativa e também ao vereador Lucicláudio.</t>
   </si>
   <si>
     <t>757</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/757/indicacao_no_001_2024.pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/757/indicacao_no_001_2024.pdf</t>
   </si>
   <si>
     <t>Indica, com assento nesta Casa Legislativa e no uso da atribuição que lhe confere o Regimento Interno, INDICA ao Chefe do Executivo Municipal, que proceda através dos órgãos competentes com a execução do saneamento básico, e posteriormente com a pavimentação a paralelepípedo na Rua Raimundo Estevão, no bairro Paraíso.</t>
   </si>
   <si>
     <t>758</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/758/indicacao_no_002_2024.pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/758/indicacao_no_002_2024.pdf</t>
   </si>
   <si>
     <t>INDICA ao Chefe do Executivo Municipal, que proceda através dos órgãos competentes com a construção de uma praça de convivência em frente à Escola Municipal Paulo Venâncio, no bairro do Paraíso.</t>
   </si>
   <si>
     <t>759</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/759/indicacao_no_003_2024.pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/759/indicacao_no_003_2024.pdf</t>
   </si>
   <si>
     <t>INDICA ao Chefe do Executivo Municipal, o Exmo. Senhor Ivanildo Ferreira Lima Filho para que elabore projeto para assegurar drenagem, rede geral de esgoto e pavimentação de todo loteamento Vila Nova, cujo loteamento passa por expansão e precisa de infraestrutura Urbana.</t>
   </si>
   <si>
     <t>760</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/760/indicacao_no_004_2024.pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/760/indicacao_no_004_2024.pdf</t>
   </si>
   <si>
     <t>INDICA ao Chefe do Executivo Municipal, o Exmo. Senhor Ivanildo Ferreira Lima Filho para que regulamente o pagamento do adicional de insalubridade dos Agentes Comunitários de Saúde e Agentes de Combate às Endemias sobre o piso salarial das categorias.</t>
   </si>
   <si>
     <t>761</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/761/indicacao_no_005_2024.pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/761/indicacao_no_005_2024.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre construção de estação elevatória de esgotos em especial no bairro maracujá e da outras providencias</t>
   </si>
   <si>
     <t>762</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/762/indicacao_no_006_2024.pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/762/indicacao_no_006_2024.pdf</t>
   </si>
   <si>
     <t>INDICA ao Chefe do Poder Executivo a premente necessidade de proceder, através dos órgãos competentes do munícipio, com a construção de uma ponte para a travessia de pedestres, sobre o rio trairí, no espaço que pertence ao poder público municipal, no final da Rua Frei Miguelino, localizado por trás da empresa NAFISA agrícola, bairro Centro.</t>
   </si>
   <si>
     <t>763</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/763/indicacao_no_007_2024..pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/763/indicacao_no_007_2024..pdf</t>
   </si>
   <si>
     <t>INDICA ao Chefe do Poder Executivo a premente necessidade de proceder, através dos órgãos competentes do munícipio, com a continuidade da pavimentação da Rua José Manoel Campelo, localizada no bairro Miguel Pereira Maia.</t>
   </si>
   <si>
     <t>765</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/765/indicacao_no_oo8_2024.pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/765/indicacao_no_oo8_2024.pdf</t>
   </si>
   <si>
     <t>INDICA ao Chefe do Poder Executivo a premente necessidade de proceder, através dos órgãos competentes do munícipio, com a construção de uma parada de ônibus destinada a atender a população que reside comunidade Bom Sucesso, zona rural de Santa Cruz/RN.</t>
   </si>
   <si>
     <t>766</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/766/indicacao_no_009_2024.pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/766/indicacao_no_009_2024.pdf</t>
   </si>
   <si>
     <t>INDICA ao Chefe do Poder Executivo a premente necessidade de proceder, através dos órgãos competentes do munícipio, com a revitalização e transformação da praça pública da comunidade rural Bom Sucesso em uma academia da terceira idade.</t>
   </si>
   <si>
     <t>767</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/767/indicacao_no_010_2024.pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/767/indicacao_no_010_2024.pdf</t>
   </si>
   <si>
     <t>INDICA ao Chefe do Executivo Municipal, o Exmo. Senhor Ivanildo Ferreira de Lima Filho que adote medidas para que seja feita a construção do canal de drenagem de águas pluviais do bairro Alegre.</t>
   </si>
   <si>
     <t>769</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/769/indicacao_no_011_2024.pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/769/indicacao_no_011_2024.pdf</t>
   </si>
   <si>
     <t>INDICA ao Chefe do Executivo Municipal, que proceda com a instalação de uma academia pública, no Canal do Açude Santa Rita, no Calçadão Álida Monielly da Silva Souza.</t>
   </si>
   <si>
     <t>770</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/770/indicacao_no_012_2024.pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/770/indicacao_no_012_2024.pdf</t>
   </si>
   <si>
     <t>INDICA ao Chefe do Executivo Municipal, que proceda através dos órgãos competentes, a instalação de braços de luminárias nos postes situados no trecho da Avenida Trairi, no trecho entre “Auri Auto-peças” e a Distribuidora “Bodega Sertaneja”.</t>
   </si>
   <si>
     <t>772</t>
   </si>
   <si>
     <t>Zuleide Guilherme</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/772/indicacao_no_013_2024.pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/772/indicacao_no_013_2024.pdf</t>
   </si>
   <si>
     <t>Indica a construção de quebra mola na Rua Alice Adriano Cavalcante, com a Travessa Luiz Gonzaga no Bairro Maracujá</t>
   </si>
   <si>
     <t>773</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/773/indicacao_no_014_2024.pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/773/indicacao_no_014_2024.pdf</t>
   </si>
   <si>
     <t>Indica a construção Asfáltica no trecho da Rua Maria das Dores e Cleto Antunes centro da cidade de Santa Cruz-RN.  no trecho da Rua Maria das Dores e Cleto Antunes centro da cidade de Santa Cruz-RN.</t>
   </si>
   <si>
     <t>775</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/775/indicacao_no_015_2024.pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/775/indicacao_no_015_2024.pdf</t>
   </si>
   <si>
     <t>Indica ao poder executivo Municipal que torne a rua caminha fiúza mão única somente em sentido ao centro.</t>
   </si>
   <si>
     <t>776</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/776/indicacao_no_016_2024.pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/776/indicacao_no_016_2024.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo, a premente necessidade de proceder através dos órgãos competentes do munícipio, mais precisamente a secretaria de Obras, o reparo e manutenção da estrutura física do Hospital Municipal de Santa Cruz.</t>
   </si>
   <si>
     <t>777</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/777/indicacao_no_017_2024.pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/777/indicacao_no_017_2024.pdf</t>
   </si>
   <si>
     <t>INDICA ao Chefe do Poder Executivo que proceda através dos órgãos competentes a construção de uma praça com o letreiro “EU AMO SANTA CRUZ” na entrada da cidade.</t>
   </si>
   <si>
     <t>778</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/778/indicacao_no_018_2024.pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/778/indicacao_no_018_2024.pdf</t>
   </si>
   <si>
     <t>INDICA ao Chefe do Poder Executivo que proceda através dos órgãos competentes que seja feito a pavimentação a paralelepípedo da Rua São Jorge, bairro alegre 1.</t>
   </si>
   <si>
     <t>779</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/779/indicacao_no_019_2024.pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/779/indicacao_no_019_2024.pdf</t>
   </si>
   <si>
     <t>Que seja realizado estudo para instituir a guarda municipal no município de santa cruz.</t>
   </si>
   <si>
     <t>780</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/780/indicacao_no_020_2024_.pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/780/indicacao_no_020_2024_.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal, que proceda com a complementação da pavimentação a paralelepípedo e a rede de esgoto, das ruas Rosa de Alencar Dantas, Rita Lino Dantas, e José Lino Dantas, ambas no bairro paraíso.</t>
   </si>
   <si>
     <t>781</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/781/indicacao_no_021_2024_-_resolucao_para_homenagear_agricultores_do_nosso_municipio_com_a_comenda_jose_bezerra_sobrinho..pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/781/indicacao_no_021_2024_-_resolucao_para_homenagear_agricultores_do_nosso_municipio_com_a_comenda_jose_bezerra_sobrinho..pdf</t>
   </si>
   <si>
     <t>Indica a Mesa Diretora desta Casa, que elabore resolução para homenagear Agricultores do nosso município com a Comenda José Bezerra Sobrinho.</t>
   </si>
   <si>
     <t>782</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/782/in3f3e1.pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/782/in3f3e1.pdf</t>
   </si>
   <si>
     <t>Indica a instalação de sistema de drenagem em dois pontos da artéria, o esgotamento sanitário e a pavimentação em paralelepípedo da Rua Francisca Bezerra Cavalcante (liga a Av. Paulo Afonso à rua Padre Cícero), no bairro Paraíso, Santa Cruz-RN.</t>
   </si>
   <si>
     <t>795</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/795/023_-_2024_-__instalacao_de_academia_popular_-_maracuja.docx</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/795/023_-_2024_-__instalacao_de_academia_popular_-_maracuja.docx</t>
   </si>
   <si>
     <t>Indica ao Exmº. Prefeito Municipal de Santa Cruz-RN, Ivanildo Ferreira Lima Filho, a INSTALAÇÃO DE ACADEMIA POPULAR no bairro Maracujá, no município de Santa Cruz-RN.</t>
   </si>
   <si>
     <t>787</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/787/indicacao_no_024_2024_-__recuperacao_nas_estradas_vicinais_das_comunidades_bonsucesso_riacho_salgado_e_cacaruaba..pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/787/indicacao_no_024_2024_-__recuperacao_nas_estradas_vicinais_das_comunidades_bonsucesso_riacho_salgado_e_cacaruaba..pdf</t>
   </si>
   <si>
     <t>Indico, após ouvir o douto e soberano plenário, ao Exmo. Sr. Prefeito Municipal, que determine o setor competente por meio da Secretaria Municipal de obras e serviços urbanos que seja providenciada a recuperação nas estradas vicinais das comunidades Bonsucesso, Riacho Salgado e Cacaruaba.</t>
   </si>
   <si>
     <t>789</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/789/indicacao_no_025_2024_-_a_realizacao_do_capeamento_asfaltico_da_sinalizacao_e_da_instalacao_e_da_instalacao_de_guard_-_rail_mo_trajeto_que_se_inicia_de_forma_transversal....pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/789/indicacao_no_025_2024_-_a_realizacao_do_capeamento_asfaltico_da_sinalizacao_e_da_instalacao_e_da_instalacao_de_guard_-_rail_mo_trajeto_que_se_inicia_de_forma_transversal....pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo a premente necessidade de proceder, através dos órgãos competentes do munícipio, com a realização do capeamento asfáltico, da sinalização e da instalação de guard- rail, no trajeto que se inicia de forma transversal à Rua Padre Cícero Romão e segue até o Santuário de Santa Rita de Cássia.</t>
   </si>
   <si>
     <t>791</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/791/in47bb1.pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/791/in47bb1.pdf</t>
   </si>
   <si>
     <t>INDICA ao Chefe do Executivo Municipal, o Exmo. Senhor Ivanildo Ferreira de Lima Filho que adote medidas para que seja feita a pavimentação da Rua Monsenhor Vicente de Paula Freitas, no loteamento Monsenhor Raimundo Gomes Barbosa, tendo em vista oferecer um espaço adequado, proporcionando maior conforto e qualidade de vida à população.</t>
   </si>
   <si>
     <t>793</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/793/indicacao_no_027_2024.pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/793/indicacao_no_027_2024.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal, o Exmo. Sr Ivanildo Ferreira Lima Filho, dê agilidade na reforma e ampliação da Unidade Básica de Saúde do Cônego Monte em regime de urgência,  devido condições precárias na sua estrutura física,  inclusive com risco de desabamento.</t>
   </si>
   <si>
     <t>794</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/794/indicacao_no_028_2024.pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/794/indicacao_no_028_2024.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre recuperação e reforma do parque de exposição Miguel Farias e da outras providencias.</t>
   </si>
   <si>
     <t>797</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/797/indicacao_no_029_2024.pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/797/indicacao_no_029_2024.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre contratação de professor(a) para escola Maria Augusta de Medeiros localizada no sitio tubiba e da outras providencias</t>
   </si>
   <si>
     <t>799</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/799/indicacao_no_030_2024.pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/799/indicacao_no_030_2024.pdf</t>
   </si>
   <si>
     <t>indica que seja encaminhado ofício ao excelentíssimo senhor prefeito municipal, através da secretaria municipal de agricultura  solicitando deste gestor que seja feita a limpeza no açude público na comunidade bonsucesso.</t>
   </si>
   <si>
     <t>800</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/800/indicacao_no_031_2024.pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/800/indicacao_no_031_2024.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo a premente necessidade de proceder através dos órgãos competentes do munícipio, com a implantação de lixeiras ecológicas (recicláveis) nas principais ruas e praças da cidade e demais localidades onde houver pontos comerciais.</t>
   </si>
   <si>
     <t>802</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/802/indicacao_no_032_2024.pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/802/indicacao_no_032_2024.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal, o Exmo. Senhor Ivanildo Ferreira de Lima Filho que adote medidas para que seja feita a pavimentação da rua que liga a José Paulino de Medeiros ao Portal São Lourenço,  visando melhorar o acesso à comunidade e transeuntes.</t>
   </si>
   <si>
     <t>803</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/803/indicacao_no_033_2024.pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/803/indicacao_no_033_2024.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre reforma e conclusão da cobertura na entrada da UPA do centro da cidade e da outras providencias</t>
   </si>
   <si>
     <t>806</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/806/indicacao_no_034_2024.pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/806/indicacao_no_034_2024.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre plano de cargos e salários dos professores do município com a mudança de letras e da outras providencias</t>
   </si>
   <si>
     <t>808</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/808/indicacao_no_035_2024.pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/808/indicacao_no_035_2024.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo que proceda com a construção de um canal de drenagem de águas pluviais, no trecho por trás da Avenida Paulo Afonso, do Ponto conhecido por Coqueiros indo até Guto Moto Peças.</t>
   </si>
   <si>
     <t>810</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/810/indicacao_no_036_2024.pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/810/indicacao_no_036_2024.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo que proceda com a pavimentação a paralelepípedo nas margens da Avenida Paulo Afonso.</t>
   </si>
   <si>
     <t>812</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/812/indicacao_no_037_2024.pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/812/indicacao_no_037_2024.pdf</t>
   </si>
   <si>
     <t>INDICA à gestão municipal do Exmº. Prefeito, Sr. Ivanildo Ferreira Lima Filho, a PADRONIZAÇÃO DA COBERTURA COM TENDAS das bancas dos ambulantes que comercializam calçados e outras mercadorias no largo da igreja matriz de Santa Rita de Cássia, no Centro de Santa Cruz-RN.</t>
   </si>
   <si>
     <t>814</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/814/indicacao_no_039_2024.pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/814/indicacao_no_039_2024.pdf</t>
   </si>
   <si>
     <t>Indica à gestão municipal, na pessoa do Exmo. Sr. Prefeito Ivanildo Ferreira, para realização de pavimentação asfáltica das Ruas; São Felix e Santo Amaro, ambas localizadas no bairro Cônego Monte, Santa Cruz-RN.</t>
   </si>
   <si>
     <t>816</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/816/indicacao_no_039_2024.pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/816/indicacao_no_039_2024.pdf</t>
   </si>
   <si>
     <t>INDICA à gestão municipal, que proceda com a pavimentação a paralelepípedo na Rua Nossa Senhora da Luz, no bairro Cônego Monte.</t>
   </si>
   <si>
     <t>817</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/817/indicacao_no_040_2024.pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/817/indicacao_no_040_2024.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmº. Prefeito Municipal de Santa Cruz-RN, Dr. Ivanildo Ferreira Lima Filho, a INSTALAÇÃO DO SISTEMA DE ENERGIA SOLAR em todas as unidades municipais de ensino de Santa Cruz-RN.</t>
   </si>
   <si>
     <t>824</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/824/indicacao_no_041_2024.pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/824/indicacao_no_041_2024.pdf</t>
   </si>
   <si>
     <t>Indica à gestão municipal de santa cruz-RN, na gestão do sr. Prefeito Ivanildo Ferreira de lima filho, a construção de lombo faixa na rua Cosme Ferreira marques (em frente a e e Quintino bocaiuva e do banco Bradesco) no centro da cidade de santa cruz-RN</t>
   </si>
   <si>
     <t>825</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/825/indicacao_no_042_2024.pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/825/indicacao_no_042_2024.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal, o Exmo. Senhor Ivanildo Ferreira de Lima Filho que adote medidas para que seja feita a construção de rede de esgoto e lombadas na parte alta da rua São Braz, precisamente nas imediações da quadra Neto Borges, no bairro Paraíso, visando melhorar as condições urbanísticas daquele setor urbano.</t>
   </si>
   <si>
     <t>826</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/826/indicacao_no_043_2024.pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/826/indicacao_no_043_2024.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal, o Exmo. Senhor Ivanildo Ferreira de Lima Filho que adote medidas para que seja feita a construção de rede de esgoto e pavimentação da rua e da travessa Rita Bernardo da Silva,  situadas nas imediações da Clínica de Hemodiálise, no Conjunto Cônego Monte,  visando melhorar as condições sanitárias e de trafegabilidade a diversas famílias</t>
   </si>
   <si>
     <t>827</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/827/indicacao_no_044_2024.pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/827/indicacao_no_044_2024.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre pavimentação da rua Maria do Socorro Dantas Brandão e da outras providencias.</t>
   </si>
   <si>
     <t>828</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/828/indicacao_no_045_2024.pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/828/indicacao_no_045_2024.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre aplicação da manta asfáltica nas ruas Natal, Caicó e São Francisco das Chagas, no centro deste município e da outras providencias.</t>
   </si>
   <si>
     <t>829</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/829/indicacao_no_046_2024.pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/829/indicacao_no_046_2024.pdf</t>
   </si>
   <si>
     <t>INDICA à gestão municipal do Exmº. Prefeito, Sr. Ivanildo Ferreira Lima Filho, que proceda através dos órgãos competentes com a Reforma da Praça das Águas, localizada próxima ao Sangradouro do Açude Público de Santa Cruz.</t>
   </si>
   <si>
     <t>1120</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
     <t>“INDICA ao Chefe do Executivo Municipal, o Exmo. Senhor Ivanildo Ferreira de Lima Filho que adote medidas para que seja feita a drenagem e a  pavimentação das ruas Joyce Geyze da Silva Cury situada no bairro 3x1 e da rua Ministro Mário Andreaza, visando melhorar as condições sanitárias e de trafegabilidade a diversas famílias.”</t>
   </si>
   <si>
     <t>831</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/831/indicacao_no_048_2024.pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/831/indicacao_no_048_2024.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal, o Exmo. Senhor Ivanildo Ferreira de Lima Filho que adote medidas para que seja seja elaborado projeto de drenagem,  esgotamento sanitário e pavimentação para o Loteamento Monsenhor Raimundo Gomes Barbosa.</t>
   </si>
   <si>
     <t>833</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/833/indicacao_no_049_2024.pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/833/indicacao_no_049_2024.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo a premente necessidade de proceder através dos órgãos competentes do munícipio, com a realização de mutirões de feitura de exames preventivos e campanhas de conscientização que visem à prevenção e à detecção precoce dos vários tipos de câncer, na cidade de Santa Cruz/RN.</t>
   </si>
   <si>
     <t>834</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/834/indicacao_no_050_2024.pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/834/indicacao_no_050_2024.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo a premente necessidade de proceder através dos órgãos competentes do munícipio, com a realização de capacitações aos profissionais que atuam nos serviços públicos de saúde e na rede escolar, com enfoque no cuidado às pessoas com Transtorno do Espectro Autista (TEA).</t>
   </si>
   <si>
     <t>835</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/835/indicacao_no_051_2024.pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/835/indicacao_no_051_2024.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo a premente necessidade de proceder, através dos órgãos competentes do munícipio, com a realização da pavimentação da Rua Francisco Segundo da Rocha, localizada no bairro Residencial Alegre.</t>
   </si>
   <si>
     <t>836</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/836/indicacao_no_052_2024.pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/836/indicacao_no_052_2024.pdf</t>
   </si>
   <si>
     <t>Indica ao poder executivo, que proceda com a construção de uma passagem molhada no sitio riacho salgado.</t>
   </si>
   <si>
     <t>838</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/838/indicacao_no_053_2024.pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/838/indicacao_no_053_2024.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder executivo, que proceda com a pavimentação da rua que fica na lateral da LUIZA GONZAGA DO NASCIMENTO no bairro MIGUEL PEREIRA MAIA.</t>
   </si>
   <si>
     <t>839</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/839/indicacao_no_054_2024.pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/839/indicacao_no_054_2024.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder executivo, que proceda com a pavimentação da Travessa São Braz no bairro paraíso.</t>
   </si>
   <si>
     <t>840</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/840/indicacao_no_055_2024.pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/840/indicacao_no_055_2024.pdf</t>
   </si>
   <si>
     <t>Indica para realização de pavimentação asfáltica das Ruas Santo André e a Rua Nossa Senhora Santana, localizadas no bairro Cônego Monte, Santa Cruz-RN.</t>
   </si>
   <si>
     <t>841</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/841/indicacao_no_056_2024.pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/841/indicacao_no_056_2024.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo a premente necessidade de proceder, através dos órgãos competentes do munícipio, com a implantação dos serviços a serem realizados por um coveiro, na comunidade Várzea Grande, zona rural do município de Santa Cruz/RN.</t>
   </si>
   <si>
     <t>842</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/842/indicacao_no_057_2024.pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/842/indicacao_no_057_2024.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo a premente necessidade de proceder, através dos órgãos competentes do munícipio, com a realização de limpeza (roçagem) das laterais das estradas vicinais que interligam as zonas urbana e rural da cidade de Santa Cruz/RN.</t>
   </si>
   <si>
     <t>843</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/843/indicacao_no_058_2024.pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/843/indicacao_no_058_2024.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo a premente necessidade de proceder através dos órgãos competentes do munícipio, com a restauração da praça pública do bairro maracujá, de modo a construir um anfiteatro e a implantar uma academia da saúde, na referida localidade.</t>
   </si>
   <si>
     <t>844</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/844/indicacao_no_059_2024.pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/844/indicacao_no_059_2024.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal, o Exmo. Senhor Ivanildo Ferreira de Lima Filho que adote medidas para que seja feita a conclusão da pavimentação das ruas Santo André e Santa Edwigens, ambas localizadas no Conjunto Cônego Monte.</t>
   </si>
   <si>
     <t>846</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/846/indicacao_no_060_2024.pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/846/indicacao_no_060_2024.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal, o Exmo. Senhor Ivanildo Ferreira Lima Filho que adote medidas para que seja feita a pavimentação da rua José Crézio Lopes, localizada no Conjunto Cônego Monte.</t>
   </si>
   <si>
     <t>848</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/848/indicacao_no_061_2024.pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/848/indicacao_no_061_2024.pdf</t>
   </si>
   <si>
     <t>Solicita ao chefe do Executivo municipal A Construção de um mata burro na comunidade Pau de leite nas proximidades do senhor Chagas.</t>
   </si>
   <si>
     <t>849</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/849/indicacao_no_062_2024.pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/849/indicacao_no_062_2024.pdf</t>
   </si>
   <si>
     <t>Solicita ao chefe do Executivo municipal que proceda com a construção Asfáltica e Sinalização nas avenidas 1, 2, 3 no bairro Paraíso.</t>
   </si>
   <si>
     <t>851</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/851/indicacao_no_063_2024.pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/851/indicacao_no_063_2024.pdf</t>
   </si>
   <si>
     <t>Indica que seja feito a pavimentação com acessibilidade ao lado do terreno da UFRN para as Ruas João Lelis, Rua Onze de Dezembro, Rua São Cristovão e Rua João Felipe Damaceno,  até  Rua José Salustiano Dantas. Localizadas no bairro DNER.</t>
   </si>
   <si>
     <t>853</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/853/indicacao_no_064_2024.pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/853/indicacao_no_064_2024.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal que proceda com a pavimentação as margens da BR – 226, no acesso ao Loteamento Portal São Lourenço.</t>
   </si>
   <si>
     <t>856</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/856/indicacao_no_065_2024.pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/856/indicacao_no_065_2024.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo a premente necessidade de proceder através dos órgãos competentes do munícipio, com a implantação de uma capela, nas dependências do Hospital Regional Aluízio Bezerra (HRAB), na cidade de Santa Cruz/RN.</t>
   </si>
   <si>
     <t>1123</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
     <t>INDICA ao Chefe do Poder Executivo a premente necessidade de proceder através dos órgãos competentes do munícipio, com a restauração da praça pública do bairro maracujá, de modo a construir um anfiteatro e a implantar uma academia da saúde, na referida localidade.</t>
   </si>
   <si>
     <t>858</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/858/indicacao_no_067_2024.pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/858/indicacao_no_067_2024.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo a premente necessidade de proceder, através dos órgãos competentes do munícipio, com a construção da primeira academia municipal para a prática de musculação, nas dependências do Parque Ecológico do município de Santa Cruz/RN.</t>
   </si>
   <si>
     <t>863</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/863/indicacao_no_068_2024.pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/863/indicacao_no_068_2024.pdf</t>
   </si>
   <si>
     <t>A substituição de lâmpadas a vapor por lâmpadas de LED, assim como com a implantação de iluminação publica nas propriedades rurais no município de santa cruz/RN</t>
   </si>
   <si>
     <t>864</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/864/indicacao_no_069_2024.pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/864/indicacao_no_069_2024.pdf</t>
   </si>
   <si>
     <t>Indica a complementação de pavimentação em paralelepípedo das Ruas: Santa Cecília e São João da Cruz; e a pavimentação da Rua José Elder da Silva, ambas no bairro Cônego Monte, Santa Cruz-RN.</t>
   </si>
   <si>
     <t>867</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/867/indicacao_no_070_2024.pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/867/indicacao_no_070_2024.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo, a premente necessidade de proceder através dos órgãos competentes do munícipio, mais precisamente a secretaria de Obras e secretaria de Transporte, a alteração na Rua JOAQUIM ROGERIO, bairro DNER deixando-a sentido único (mão única).</t>
   </si>
   <si>
     <t>869</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/869/indicacao_no_071_2024.pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/869/indicacao_no_071_2024.pdf</t>
   </si>
   <si>
     <t>INDICA ao Chefe do Poder Executivo, a premente necessidade de proceder através dos órgãos competentes do munícipio, mais precisamente a secretaria de Obras e secretaria de Transporte, a alteração na Rua Tabelião João Ataíde Pereira, bairro Centro deixando-a sentido único (mão única).</t>
   </si>
   <si>
     <t>874</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/874/indicacao_no_072__2024.pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/874/indicacao_no_072__2024.pdf</t>
   </si>
   <si>
     <t>Indica a instalação de uma academia de saúde na comunidade de Bonsucesso.</t>
   </si>
   <si>
     <t>876</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/876/indicacao_no_073_2024.pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/876/indicacao_no_073_2024.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal, o Exmo. Senhor Ivanildo Ferreira Lima Filho que adote medidas para que seja feita a revitalização das quadras esportivas do João de Dula, onde funciona a escola municipal Aluízio Bezerra,  no bairro Paraíso.</t>
   </si>
   <si>
     <t>878</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/878/indicacao_no_074_2024.pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/878/indicacao_no_074_2024.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo a premente necessidade de proceder, através dos órgãos competentes do munícipio, com a realização do capeamento asfáltico no estacionamento destinado aos ônibus, no Santuário de Santa Rita de Cássia.</t>
   </si>
   <si>
     <t>881</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/881/indicacao_no_075_2024_-_com_a_manutencao_e_ampliacao_das_cameras_de_seguranca_instaladas_em_alguns_locais_publicos_da_cidade_de_santa_cruz_rn.pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/881/indicacao_no_075_2024_-_com_a_manutencao_e_ampliacao_das_cameras_de_seguranca_instaladas_em_alguns_locais_publicos_da_cidade_de_santa_cruz_rn.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo a premente necessidade de proceder, através dos órgãos competentes do munícipio, com a manutenção e ampliação das câmeras de segurança instaladas em alguns locais públicos da cidade de Santa Cruz/RN.</t>
   </si>
   <si>
     <t>883</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/883/indicacao_no_076_2024_-_implantacao_de_dois_redutores_de_velocidade_na_avenida_trairi_entre_a_ria_professor_raimundo_nonato_e_a_avenida_joaquim_rogerio..pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/883/indicacao_no_076_2024_-_implantacao_de_dois_redutores_de_velocidade_na_avenida_trairi_entre_a_ria_professor_raimundo_nonato_e_a_avenida_joaquim_rogerio..pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo a premente necessidade de proceder através dos órgãos competentes do munícipio, com a implantação de dois redutores de velocidade (lombadas/quebra-molas) na Avenida Trairí, entre a Rua Professor Raimundo Nonato e a Avenida Joaquim Rogério, localizada no bairro 3 a 1, situada entre o supermercado Rede Mais e a Retífica do Jackson.</t>
   </si>
   <si>
     <t>885</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/885/ind97c1.pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/885/ind97c1.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo a premente necessidade de proceder através dos órgãos competentes do munícipio, com a limpeza de um terreno baldio ( e que seja colocada uma caçamba de piçarro na sua superfície), situado na Rua Padre Cícero Romão, bairro Paraíso, localizado em frente a creche nova, na entrada do Alto de Santa Rita.</t>
   </si>
   <si>
     <t>888</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/888/indicacao_no_078_2024_-_limpeza_do_corrego_localizado_na_rua_pedro_secverino_bezerra_nas_proximidades_da_ponte_do_bairro_paraiso..pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/888/indicacao_no_078_2024_-_limpeza_do_corrego_localizado_na_rua_pedro_secverino_bezerra_nas_proximidades_da_ponte_do_bairro_paraiso..pdf</t>
   </si>
   <si>
     <t>Indica a limpeza do córrego localizado na R, Pedro Severino Bezerra, nas proximidades da ponte do bairro do paraíso.</t>
   </si>
   <si>
     <t>891</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/891/indicacao_no_079_2024_-_realizacao_de_um_concurso_publico.pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/891/indicacao_no_079_2024_-_realizacao_de_um_concurso_publico.pdf</t>
   </si>
   <si>
     <t>Indica realização de um concurso publico para provimento de profissional efetivos para atuar no município de Santa Cruz RN</t>
   </si>
   <si>
     <t>892</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/892/indicacao_no_080_2024_-_alteracao_na_rua_jose_caminha_fiuza__bairro_centro_deixando-a_sentido_unico_mao_unica.pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/892/indicacao_no_080_2024_-_alteracao_na_rua_jose_caminha_fiuza__bairro_centro_deixando-a_sentido_unico_mao_unica.pdf</t>
   </si>
   <si>
     <t>Indica a alteração na R. Jose Caminha Fiuza, bairro centro, deixando-a sentido único (mão única) em seu primeiro trecho.</t>
   </si>
   <si>
     <t>983</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal, o Exmo. Senhor Ivanildo Ferreira de Lima Filho que adote medidas para que seja feita adequações e melhorias na Creche Pedro Severino Bezerra no Bairro Paraiso.</t>
   </si>
   <si>
     <t>984</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal, o Exmo. Senhor Ivanildo Ferreira de Lima Filho que adote medidas para que seja feita a pavimentação da rua Irineu Freire Maia, visando melhorar o acesso à comunidade e transeuntes.</t>
   </si>
   <si>
     <t>985</t>
   </si>
@@ -2126,781 +2126,781 @@
   <si>
     <t>91</t>
   </si>
   <si>
     <t>Lucicláudio Bezerra, Paulo César</t>
   </si>
   <si>
     <t>INDICA ao Chefe do Executivo Municipal, o Exmo. Senhor Ivanildo Ferreira de Lima Filho que adote medidas para que seja feita a conclusão da pavimentação da rua Cícero Luiz da Rocha e a construção de lombofaixa na rua Major João Pinheiro Bezerra Cavalcante, visando melhorar o acesso à comunidade e transeuntes.</t>
   </si>
   <si>
     <t>1047</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
     <t>INDICA ao Chefe do Poder Executivo a premente necessidade de proceder, através dos órgãos competentes do munícipio, com a criação de um calendário junino que contemple a realização do Festival de Quadrilhas da cidade de Santa Cruz/RN.</t>
   </si>
   <si>
     <t>1052</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1052/093_-_2024_-_indicacao_-_limpeza_da_vegetacao_nativa_e_reestabelecimento_da_interligacao_da_rua_severino_xavier_a_rua_jose_manoel_campelo.pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1052/093_-_2024_-_indicacao_-_limpeza_da_vegetacao_nativa_e_reestabelecimento_da_interligacao_da_rua_severino_xavier_a_rua_jose_manoel_campelo.pdf</t>
   </si>
   <si>
     <t>INDICA ao Chefe do Poder Executivo a premente necessidade de proceder, através dos órgãos competentes do munícipio, com a limpeza da vegetação nativa e reestabelecimento da interligação da Rua Severino Xavier à Rua José Manoel Campelo, localizadas no bairro Miguel Pereira Maia- Santa Cruz/RN.</t>
   </si>
   <si>
     <t>1053</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1053/094_-_2024_-_indicacao_elcio-_adote_medidas_com_vistas_a_melhorar_a_seguranca_publica_nas_proximidades_do_alto_de_santa_rita_cidade_de_santa_cruz-rn_1.pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1053/094_-_2024_-_indicacao_elcio-_adote_medidas_com_vistas_a_melhorar_a_seguranca_publica_nas_proximidades_do_alto_de_santa_rita_cidade_de_santa_cruz-rn_1.pdf</t>
   </si>
   <si>
     <t>INDICA ao Chefe do Poder Executivo a premente necessidade de proceder, através dos órgãos competentes do munícipio, que adote medidas com vistas a melhorar a segurança pública nas proximidades do Alto de Santa Rita, cidade de Santa Cruz/RN.</t>
   </si>
   <si>
     <t>1061</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1061/095_-_2024_-_profissionais_cer.pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1061/095_-_2024_-_profissionais_cer.pdf</t>
   </si>
   <si>
     <t>INDICA ao Chefe do Executivo Municipal, o Exmo. Senhor Ivanildo Ferreira Lima Filho que seja disponibilizado mais profissionais de psiquiatria e psicologia para melhorar a assistência no CER e no CAPS II, visando desafogar demanda reprimida.</t>
   </si>
   <si>
     <t>1062</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1062/096_-_2024_-_padronizacao_numeracao_das_casas.pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1062/096_-_2024_-_padronizacao_numeracao_das_casas.pdf</t>
   </si>
   <si>
     <t>INDICA ao Chefe do Executivo Municipal, Exmo. Senhor Ivanildo Ferreira Lima Filho e ao secretário municipal de tributação, o senhor Cares Magno, que promovam o ordenamento numérico dos imóveis das ruas Manoel Trajano da Costa, Anedite Targino Alves e Lourival Praxedes Ferreira, todas situadas no bairro Paraíso, visando a facilitação de intensificação de endereços.</t>
   </si>
   <si>
     <t>1063</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1063/097_-_2024_-_a_implantacao_de_uma_faixa_de_pedestres_elevada_na_avenida_lourenco_da_rocha.pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1063/097_-_2024_-_a_implantacao_de_uma_faixa_de_pedestres_elevada_na_avenida_lourenco_da_rocha.pdf</t>
   </si>
   <si>
     <t>INDICA ao Chefe do Poder Executivo a premente necessidade de proceder através dos órgãos competentes do munícipio, com a implantação de uma faixa de pedestres elevada, na Avenida Lourenço da Rocha, nas proximidades da Eco Rede de Ensino.</t>
   </si>
   <si>
     <t>1064</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1064/098_-_2024_-_a_implantacao_de_uma_faixa_de_pedestres_elevada_na_rua_aluizio_bezerra_nas_proximidades_da_escola_estadual_de_tempo_integral_cosme_ferreira_marques.pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1064/098_-_2024_-_a_implantacao_de_uma_faixa_de_pedestres_elevada_na_rua_aluizio_bezerra_nas_proximidades_da_escola_estadual_de_tempo_integral_cosme_ferreira_marques.pdf</t>
   </si>
   <si>
     <t>INDICA ao Chefe do Poder Executivo a premente necessidade de proceder através dos órgãos competentes do munícipio, com a implantação de uma faixa de pedestres elevada, na Rua Aluízio Bezerra, nas proximidades da Escola Estadual de Tempo Integral Cosme Ferreira Marques.</t>
   </si>
   <si>
     <t>1065</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1065/099_-_2024_-_substituicao_de_nome_de_rua.pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1065/099_-_2024_-_substituicao_de_nome_de_rua.pdf</t>
   </si>
   <si>
     <t>INDICA à gestão municipal que seja providenciada a substituição do nome da rua: Irineu Freire da Rocha situada no loteamento Bela Vista, passando a se chamar rua: José Kléber Matias da Costa, no Bairro Miguel Pereira Maia em Santa Cruz-RN.</t>
   </si>
   <si>
     <t>1079</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
     <t>INDICA ao Chefe do Poder Executivo Municipal, o Exmo. Sr Ivanildo Ferreira Lima Filho, que seja feita a construção de lombofaixa na rua São Tomaz de Aquino, no Cônego Monte, visando disciplinar o transito naquela árteria urbana.</t>
   </si>
   <si>
     <t>1080</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
     <t>INDICA ao Chefe do Poder Executivo Municipal, o Exmo. Sr Ivanildo Ferreira Lima Filho, que seja feita a construção de um cemitério na proximidades do conjunto Cônego Monte.</t>
   </si>
   <si>
     <t>1139</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
     <t>“INDICA ao Chefe do Poder Executivo a premente necessidade de proceder, através dos órgãos competentes do munícipio, com a pavimentação (paralelepípedo) e melhoria na iluminação pública da Rua Santo Amaro, localizada no bairro Conjunto Cônego Monte, ao lado do parque ecológico.”</t>
   </si>
   <si>
     <t>1140</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
     <t>“INDICA à gestão municipal do prefeito Dr. Ivanildo Ferreira que a praça localizada na Av. Paulo Afonso no bairro Paraíso passe a se chamar “Praça de Convivência Antônia Rodrigues da Silva (Dona Toinha)”, homenageando esta mulher que foi moradora daquele logradouro público desde o ano de_x000D_
 1977 até o último dia de sua vida. Dona Toinha, como era mais conhecida, faleceu este ano de 2024.”</t>
   </si>
   <si>
     <t>1149</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1149/104_-_2024_-_rede_de_esgoto_rua_basilio.pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1149/104_-_2024_-_rede_de_esgoto_rua_basilio.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal, o Exmo. Senhor Ivanildo Ferreira Lima Filho e ao Diretor do SAAE, o Senhor Cristiano Dias, que adote medidas para que seja feita a conclusão de rede de esgoto da rua Basílio Pereira dos Santos, no Alto do Cruzeiro, visando melhorar as condições urbanísticas daquele setor.</t>
   </si>
   <si>
     <t>1150</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1150/105_-_2024_-.pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1150/105_-_2024_-.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal, o Exmo. Senhor Ivanildo Ferreira Lima Filho, e ao diretor do SAAE, o Senhor Cristiano Dias, que adote medidas para que seja feita a conclusão rede de esgotamento sanitário do Residencial Alegre, tendo em vista que a obra está inacabada há mais de cinco anos.</t>
   </si>
   <si>
     <t>1151</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1151/106_-_2024_-_nomear_rua_-_jose_andrier.pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1151/106_-_2024_-_nomear_rua_-_jose_andrier.pdf</t>
   </si>
   <si>
     <t>Indica à gestão municipal que seja denominada um logradouro público no município de Santa Cruz-RN, com o nome do Sr. José Andrier da Silva, em homenagem póstuma.</t>
   </si>
   <si>
     <t>1155</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1155/107_-_2024_-_nomear_rua_jose_rodrigues_dias.pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1155/107_-_2024_-_nomear_rua_jose_rodrigues_dias.pdf</t>
   </si>
   <si>
     <t>Indica à gestão municipal que seja denominada um logradouro público no município de Santa Cruz-RN, com o nome do Sr. José Rodrigues Dias, em homenagem póstuma.</t>
   </si>
   <si>
     <t>1161</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1161/indicacao_108_-_2024_-_acolhimento_sec_saude.pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1161/indicacao_108_-_2024_-_acolhimento_sec_saude.pdf</t>
   </si>
   <si>
     <t>Indica a secretária municipal de saúde, a senhora Cássia Penha para que promova política de humanização e acolhimento na sede da secretaria municipal de saúde,  a começar pela abertura às 07 horas.</t>
   </si>
   <si>
     <t>1164</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1164/109_-_2024_-_feitura_das_estradas_vicinais_das_comunidade_mangaga_de_cima_e_da_.pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1164/109_-_2024_-_feitura_das_estradas_vicinais_das_comunidade_mangaga_de_cima_e_da_.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo a premente necessidade de proceder, através dos órgãos competentes do munícipio, com a feitura das estradas vicinais das Comunidade Mangagá de cima e da Comunidade Barbatão, localizadas na zona rural do município de Santa Cruz/RN.</t>
   </si>
   <si>
     <t>1165</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1165/110_-_2024_-__conserto_da_fachada_do_cemiterio_manoel_goncalo.docx.pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1165/110_-_2024_-__conserto_da_fachada_do_cemiterio_manoel_goncalo.docx.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo a premente necessidade de proceder, através dos órgãos competentes do munícipio, com o conserto da fachada do Cemitério Manoel Gonçalo, localizado na comunidade Cega Matilde, bairro Paraíso, cidade de Santa Cruz/RN.</t>
   </si>
   <si>
     <t>1166</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1166/indicacao_no_111-2024_-_nomear_rua_-_lourival_maia.pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1166/indicacao_no_111-2024_-_nomear_rua_-_lourival_maia.pdf</t>
   </si>
   <si>
     <t>Indica à gestão municipal que seja denominada um logradouro ou um equipamento público no município de Santa Cruz-RN, com o nome do Sr. Lourival Lourenço Maia, em homenagem póstuma.</t>
   </si>
   <si>
     <t>1167</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1167/indicacao_no_112-2024_-_construcao_de_faixa_de_pedestre_elevada._1.pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1167/indicacao_no_112-2024_-_construcao_de_faixa_de_pedestre_elevada._1.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo a premente necessidade de proceder através dos órgãos competentes do munícipio, com a implantação de uma faixa de pedestres elevada, na Rua Major João Pinheiro Bezerra Cavalcante, localizada no bairro Maracujá, em frente ao cachorro quente da Vitória.</t>
   </si>
   <si>
     <t>1172</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1172/indicacao_no_113-2024_-_nomear_rua.pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1172/indicacao_no_113-2024_-_nomear_rua.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo a premente necessidade de proceder, através dos órgãos competentes do munícipio, que denomine uma artéria pública no Sítio Pedras, por Ana Maria Cordeiro.</t>
   </si>
   <si>
     <t>1173</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1173/indicacao_no_114-2024_-_nomear_rua.pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1173/indicacao_no_114-2024_-_nomear_rua.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo a premente necessidade de proceder, através dos órgãos competentes do munícipio, que denomine uma artéria pública no município de Santa Cruz, por Adélia Maria Dias.</t>
   </si>
   <si>
     <t>1174</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1174/indicacao_115-2024.pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1174/indicacao_115-2024.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal, o Exmo. Senhor Ivanildo Ferreira Lima Filho, que adote medidas para a política de municipalização do trânsito,  com vistas a promover sinalização, disciplina e segurança aos pedestres,  condutores e todos os componente do trânsito urbano.</t>
   </si>
   <si>
     <t>1178</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1178/indicacao_no_0116-2024_-_03.09_-_luciclaudio.pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1178/indicacao_no_0116-2024_-_03.09_-_luciclaudio.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal, o Exmo. Senhor Ivanildo Ferreira Lima Filho, e ao diretor do SAAE, o senhor Cristiano Emídio Dias para que seja feito trabalho sistemático de combate a focos de muriçocas,  visando reduzir a grande infestação existente no âmbito do município.</t>
   </si>
   <si>
     <t>1180</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1180/indicacao_n_117_-_2024.pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1180/indicacao_n_117_-_2024.pdf</t>
   </si>
   <si>
     <t>Indica ao setor responsável pela rede de água que seja feita a troca da rede de água referente a Rua Ana Anunciada da Conceição e Rua Santos Dumont, situadas no Bairro Augusto Fernandes Pereira.</t>
   </si>
   <si>
     <t>1181</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1181/indicacao_elcio_pontes-__com_a_implantacao_de_um_semaforo_ou_faixas_de_pedestres_elevadas_no_cruzamento_da_avenida_hugo_tavares_com_a_rua_joaquim_rogerio.pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1181/indicacao_elcio_pontes-__com_a_implantacao_de_um_semaforo_ou_faixas_de_pedestres_elevadas_no_cruzamento_da_avenida_hugo_tavares_com_a_rua_joaquim_rogerio.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo a premente necessidade de proceder através dos órgãos competentes do munícipio, com a implantação de um semáforo ou faixas de pedestres elevadas, no cruzamento da Avenida Hugo Tavares com a Rua Joaquim Rogério, no bairro DNER.</t>
   </si>
   <si>
     <t>1185</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1185/indicacao_n_119-2024_-_luciclaudio.pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1185/indicacao_n_119-2024_-_luciclaudio.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal, o Exmo. Senhor Ivanildo Ferreira Lima Filho, solicita a implantação de lombo-faixas para a rua Padre Cícero, no bairro Paraíso.</t>
   </si>
   <si>
     <t>1186</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1186/indicacao_no_120-2024_-_luciclaudio.pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1186/indicacao_no_120-2024_-_luciclaudio.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal, o Exmo. Senhor Ivanildo Ferreira Lima Filho, solicita a devida limpeza e drenagem de toda área alagadiça do bairro Alegre,  visando reduzir proliferação de insetos e coibir risco de inundações em tempos de chuva.</t>
   </si>
   <si>
     <t>1191</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1191/indicacao_no121.pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1191/indicacao_no121.pdf</t>
   </si>
   <si>
     <t>Indica ao SAAE e a prefeitura municipal de Santa Cruz que seja elaborado projeto para assegurar baterias de poços, purificação e distribuição de água como complemento da Adutora Monsenhor Expedito.</t>
   </si>
   <si>
     <t>1192</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1192/indicacao_no_122_-_elcio_pontes.pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1192/indicacao_no_122_-_elcio_pontes.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo a premente necessidade de proceder através dos órgãos competentes do munícipio, com a implantação de duas faixas de pedestres elevadas, sendo uma na Rua Ferreira Chaves (Bairro Centro), em frente à Escola Estadual de Ensino Médio em Tempo Integral Professor Francisco de Assis Dias Ribeiro (Escola Estadual). E a outra faixa de pedestres elevada na Rua Nossa Senhora dos Remédios (Bairro Conjunto Cônego Monte), em frente à Escola Estadual Professora Rita Nelly Furtado.</t>
   </si>
   <si>
     <t>1196</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1196/indicacao_no_123-2024_-_limpeza_na_feira_dos_caprinos.pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1196/indicacao_no_123-2024_-_limpeza_na_feira_dos_caprinos.pdf</t>
   </si>
   <si>
     <t>Indica ao Secretário de Agricultura, o Senhor Eduardo Medeiros, a limpeza das margens do Rio Trairi, precisamente na feira dos caprinos.</t>
   </si>
   <si>
     <t>1199</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1199/indicacao_no_124-2024_-_luciclaudio.pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1199/indicacao_no_124-2024_-_luciclaudio.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal, o Exmo. Senhor Ivanildo Ferreira Lima Filho, que adote medidas para colocação de Agente Comunitário de Saúde para a Cega Matilde e o Mirante do Alto.</t>
   </si>
   <si>
     <t>1200</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1200/indicacao_no_125-2024_-_elcio.pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1200/indicacao_no_125-2024_-_elcio.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo a premente necessidade de proceder, através dos órgãos competentes do munícipio, que adote medidas cabíveis e necessárias para colocar em funcionamento o novo abatedouro público de Santa Cruz/RN, localizado as margens da RN 093, na saída desta cidade para o município de Coronel Ezequiel/RN</t>
   </si>
   <si>
     <t>1202</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1202/indicacao_no_126-2024.pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1202/indicacao_no_126-2024.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal, o Exmo. Senhor Ivanildo Ferreira Lima Filho e ao secretário de Agricultura Carlos Eduardo de Medeiros, que seja feita a melhoria da estrada do Sitio Boqueirãozinho, ligando sitio Angicos a Chaves Belas e Queimadas,  tendo em vista a necessidade de manutenção.</t>
   </si>
   <si>
     <t>1203</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1203/indicacao_no_127-2024.pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1203/indicacao_no_127-2024.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal, o Exmo. Senhor Ivanildo Ferreira Lima Filho, que seja feito drenagem e construção de  muro de contenção das águas pluviais na Rua Manoel Trajano da Costa,  no bairro Paraíso.</t>
   </si>
   <si>
     <t>1204</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1204/indicacao_no_128-2024.pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1204/indicacao_no_128-2024.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo a premente necessidade de proceder através dos órgãos competentes do munícipio, com a implantação de uma ciclovia, e da sinalização dos marcadores de distância (em metros) no espaço destinado a realização de atividades físicas,  no em torno dos galpões de costuras, localizados entre o bairro Vermelho e bairro Miguel Pereira Maia- Santa Cruz/RN.</t>
   </si>
   <si>
     <t>1205</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1205/indicacao_no_129-2024.pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1205/indicacao_no_129-2024.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo a premente necessidade de proceder através dos órgãos competentes do munícipio, com a criação de um projeto de lei que assegure a isenção do pagamento do Imposto sobre a Propriedade Predial e Territorial Urbana (IPTU), aos santacruzenses com deficiências e/ou com doenças graves.</t>
   </si>
   <si>
     <t>1206</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1206/indicacao_no_130-2024.pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1206/indicacao_no_130-2024.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo a premente necessidade de proceder, através dos órgãos competentes do munícipio, com a estruturação do local onde funciona a feira do gado da cidade de Santa Cruz/RN.</t>
   </si>
   <si>
     <t>1207</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1207/indicacao_no_131-2024.pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1207/indicacao_no_131-2024.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo a premente necessidade de proceder, através dos órgãos competentes do munícipio, com a padronização da feira livre da cidade de Santa Cruz/RN.</t>
   </si>
   <si>
     <t>1209</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1209/indicacao_no_133-2024.pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1209/indicacao_no_133-2024.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo a premente necessidade de proceder, através dos órgãos competentes do munícipio, realize a instalação de lâmpadas de LED, às margens da BR 226, na saída de Santa Cruz/RN com destino a cidade de Tangará/RN.</t>
   </si>
   <si>
     <t>1210</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1210/indicacao_no_134-2024.pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1210/indicacao_no_134-2024.pdf</t>
   </si>
   <si>
     <t>Indica a prefeitura municipal,  por meio do secretário de Agricultura Carlos Eduardo de Medeiros que realize a limpeza do terreno situado por trás da Rua Cega Matilde,  no Paraíso.</t>
   </si>
   <si>
     <t>1211</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1211/indicacao_no_135-2024.pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1211/indicacao_no_135-2024.pdf</t>
   </si>
   <si>
     <t>Indica a secretária municipal de Saúde, a senhora Cássia Penha a presente necessidade de colocar ventiladores e aparelho gela água na sala de espera do Centro de Apoio Rural,  situado na antiga escola Rita Nelly,  com vistas a melhorar condições dignas aos usuários.</t>
   </si>
   <si>
     <t>1213</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1213/indicacao_136-2024.pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1213/indicacao_136-2024.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo a premente necessidade de proceder, através dos órgãos competentes do munícipio, com a manutenção e a ampliação das pinturas feitas em alguns locais públicos, que retratam a cultura da nossa cidade, do nosso povo, da nossa gente, através do muralismo.</t>
   </si>
   <si>
     <t>1214</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1214/indicacao_no_137-2024.pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1214/indicacao_no_137-2024.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo a premente necessidade de proceder, através dos órgãos competentes do munícipio, providencie os meios necessários para adquirir um caminhão do tipo limpa-fossas, com o objetivo de realizar a limpeza e destinação correta dos dejetos produzidos nas propriedades rurais do município de Santa Cruz/RN.</t>
   </si>
   <si>
     <t>1216</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1216/indicacao_no_138-2024.pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1216/indicacao_no_138-2024.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo a premente necessidade de proceder, através dos órgãos competentes do munícipio, com a realização de serviços de limpeza na estrada (e nas suas margens) que interliga o Santuário de Santa Rita de Cássia à Rua Padre Cícero Romão- Bairro Paraíso ( RN- 091).</t>
   </si>
   <si>
     <t>1217</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1217/indicacao_no_139-2024.pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1217/indicacao_no_139-2024.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo a premente necessidade de proceder, através dos órgãos competentes do munícipio, com a realização de reparos na estrada que interliga o Santuário de Santa Rita de Cássia à Rua Padre Cícero Romão- Bairro Paraíso ( RN- 091).</t>
   </si>
   <si>
     <t>1218</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1218/indicacao__no_140-2024.pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1218/indicacao__no_140-2024.pdf</t>
   </si>
   <si>
     <t>Indica ao excelentíssimo senhor prefeito Ivanildo Ferreira Lima Filho a premente necessidade de efetivar a coleta seletiva envolvendo o poder público, as instituições privadas e a população,  visando garantir a coleta,  garantindo a obtenção de renda por parte dos membros da ACAMARE.</t>
   </si>
   <si>
     <t>1227</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1227/indicacao_no_141-2024.pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1227/indicacao_no_141-2024.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal o senhor prefeito Ivanildo Ferreira Lima Filho a premente necessidade de colocação de lixeiras  no setor que corresponde a estátua de Santa Rita ao estacionamento dos ônibus, visando melhorar a limpeza da via de acesso frequentada pelos romeiros.</t>
   </si>
   <si>
     <t>1228</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1228/indicacao_no_142-2024.pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1228/indicacao_no_142-2024.pdf</t>
   </si>
   <si>
     <t>Indica ao diretor do SAAE,  o senhor Cristiano Emídio Dias a premente necessidade de reconstruir a rede de esgotamento sanitário situada ao lado do FÓRUM, no terreno pertencente a UFRN/FACISA, visando melhorar as condições de saneamento.</t>
   </si>
   <si>
     <t>1229</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1229/indicacao_no_143-2024.pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1229/indicacao_no_143-2024.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo a premente necessidade de proceder, através dos órgãos competentes do munícipio, com a conclusão da pavimentação (calçamento) da Viela (beco) situada entre a Rua Padre Antônio Rafael e a Avenida Um, localizadas no bairro paraíso.</t>
   </si>
   <si>
     <t>1237</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1237/indicacao_no_144-2024.pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1237/indicacao_no_144-2024.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal o senhor prefeito Ivanildo Ferreira Lima Filho e a senhora secretária de saúde Cássia Penha,  a premente necessidade de efetivar incentivo QUALIFAR - SUS, com vistas a assegurar benefícios aos farmacêuticos e auxiliares de farmácia responsáveis pela alimentação do HORUS.</t>
   </si>
   <si>
     <t>1238</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1238/indicacao_no_145-2024_-_lombada.pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1238/indicacao_no_145-2024_-_lombada.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo a necessidade urgente de providenciar, através dos órgãos competentes do município, a instalação de uma lombada na Travessa Almirante do Ar Eduardo Gomes, situada no Bairro Vermelho.</t>
   </si>
   <si>
     <t>1239</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1239/indicacao_146-2024-_reparos_no_muro_ct.pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1239/indicacao_146-2024-_reparos_no_muro_ct.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo a necessidade urgente de realizar a reforma do muro do Centro de Treinamento José Rodrigues da Rocha.</t>
   </si>
   <si>
     <t>1244</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1244/indicacao_no_147-2024.pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1244/indicacao_no_147-2024.pdf</t>
   </si>
   <si>
     <t>Indica ao diretor do SAAE,  o senhor Cristiano Emídio Dias,  a premente necessidade de adequação da rede de esgoto do bairro Alegre, especificamente por trás da rua Santa Maria Gorete, cuja rede apresenta obstrução e transborda com frequência.</t>
   </si>
   <si>
     <t>1245</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1245/indicacao_no_148-2024.pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1245/indicacao_no_148-2024.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo a premente necessidade de proceder através dos órgãos competentes do munícipio, com a adoção de medidas cabíveis à melhoria do sinal de telefonia móvel no entorno do Hospital Municipal Aluízio Bezerra (HMAB), localizado no bairro Conjunto Cônego Monte- Santa Cruz/RN.</t>
   </si>
   <si>
     <t>1251</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1251/indicacao_no_149-2024.pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1251/indicacao_no_149-2024.pdf</t>
   </si>
   <si>
     <t>Indica ao presidente da Câmara Municipal, o senhor Fábio Dias, que realize audiências públicas para estudar e analisar as emendas necessárias da Lei Orçamentária Anual a LOA.</t>
   </si>
   <si>
     <t>1252</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1252/indicacao_no_150-2024.pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1252/indicacao_no_150-2024.pdf</t>
   </si>
   <si>
     <t>Indicação ao Chefe do Executivo Ivanildo Ferreira Lima que adote medidas para a reforma da Vila de Todos, principalmente no piso que apresenta defeitos, como também a parte hidráulica e elétrica dos banheiros.</t>
   </si>
   <si>
     <t>1253</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1253/indicacao_no_151-2024.pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1253/indicacao_no_151-2024.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo a premente necessidade de proceder através dos órgãos competentes do munícipio, com a poda das árvores na Rua Antônio Ferreira de Sousa, localizada no bairro centro, nas proximidades da Residência Universitária- UFRN/FACISA.</t>
   </si>
   <si>
     <t>1254</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1254/indicacao_no_152-2024.pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1254/indicacao_no_152-2024.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo a premente necessidade de proceder através dos órgãos competentes do munícipio, com a poda das árvores na Rua Gonçalves Dias, localizada no bairro Paraíso, Santa Cruz/RN.</t>
   </si>
   <si>
     <t>1274</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo a premente necessidade de proceder através dos órgãos competentes do Munícipio, com a ornamentação e iluminação natalina do calçadão Álida Monielly da Silva Souza, no Bairro Paraíso.</t>
   </si>
   <si>
     <t>1281</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1281/indicacao_no_154-2024.pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1281/indicacao_no_154-2024.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Ivanildo Ferreira Lima Filho que providencie a adequação da tubulação da rede geral de distribuição de água da rua Eliza Araújo Dantas e Francisco Soares de Andrade situadas no (Maracujá/ Loteamento São Lourenço).</t>
   </si>
   <si>
     <t>1282</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1282/indicacao_no_155-2024.pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1282/indicacao_no_155-2024.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo a premente necessidade de proceder através dos órgãos competentes do munícipio, com a implantação de um Parquinho infantil (playgroud) na Praça Coronel Ezequiel Mergelino de Souza, bairro centro, em frente à agência do Banco do Brasil.</t>
   </si>
   <si>
     <t>1283</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1283/indicacao_no_156-2024.pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1283/indicacao_no_156-2024.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo a premente necessidade de proceder através dos órgãos competentes do munícipio, com a implantação de uma cobertura para o parquinho infantil (playgroud) do Centro Municipal de Educação Infantil Profª Maria Celestina da Silveira (Professora Maroquinha).</t>
   </si>
   <si>
     <t>1288</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo a premente necessidade de proceder, através dos órgãos competentes do munícipio, que denomine uma artéria pública na cidade de Santa Cruz/RN, por Wilma Carvalho e Silva.</t>
   </si>
   <si>
     <t>1106</t>
   </si>
   <si>
     <t>MA</t>
   </si>
   <si>
     <t>Moção de Aplausos</t>
   </si>
   <si>
     <t>ao senhor José Nilton da Silva, conhecido popularmente como Nino do Saae, pelos seus 35 anos completos na data de ontem (11 de março) de serviços prestados à população santa-cruzense.</t>
   </si>
@@ -2950,1257 +2950,1257 @@
   <si>
     <t>1131</t>
   </si>
   <si>
     <t>ao senhor SÉRGIO ALVES DO NASCIMENTO, SÉRGIO DO BAURU, DESDE 1998 COM SUA LANCHONETE NA CIDADE.</t>
   </si>
   <si>
     <t>987</t>
   </si>
   <si>
     <t>A Jadicéia Gonçalo Santos, pelos seus relevantes serviços prestado a 30 anos como representante de vendas em Santa Cruz e toda região do Trairi.</t>
   </si>
   <si>
     <t>995</t>
   </si>
   <si>
     <t>Ao senhor FRANCISCO DAS CHAGAS CARLOS DE SALES por contribuir com o desenvolvimento de Santa Cruz e região.</t>
   </si>
   <si>
     <t>1048</t>
   </si>
   <si>
     <t>1054</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1054/mocao_de_aplausos_-_mr_seguranca.pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1054/mocao_de_aplausos_-_mr_seguranca.pdf</t>
   </si>
   <si>
     <t>À Equipe MR Segurança por seus serviços de excelência em eventos na nossa cidade e região em especial ao trabalho realizado na festa de nossa padroeira Santa Rita de Cássia.</t>
   </si>
   <si>
     <t>1066</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1066/mocao_de_aplausos_no_05_-_paulo_cesar_araujo.pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1066/mocao_de_aplausos_no_05_-_paulo_cesar_araujo.pdf</t>
   </si>
   <si>
     <t>AO SENHOR PAULO CÉSAR DE ARAÚJO PELOS SEUS RELEVANTES SERVIÇOS PRESTADOS A CIDADE DE SANTA CRUZ/RN E A REGIÃO TRAIRÍ DO ESTADO DO RN.</t>
   </si>
   <si>
     <t>1067</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1067/mocao_de_aplausos_no_006_-_paulo_cesar_araujo.pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1067/mocao_de_aplausos_no_006_-_paulo_cesar_araujo.pdf</t>
   </si>
   <si>
     <t>AO CASAL EMPREENDEDOR JOSÉ JAILSON FERREIRA DA SILVA E MARIA CRISTIANE FELIX DA SILVA, PELOS SEUS RELEVANTES SERVIÇOS PRESTADOS NA CIDADE DE SANTA CRUZ.</t>
   </si>
   <si>
     <t>1138</t>
   </si>
   <si>
     <t>“AO SENHOR NIELMO FERREIRA DE MACÊDO PELOS SEUS RELEVANTES SERVIÇOS PRESTADOS A CIDADE DE SANTA CRUZ/RN.”</t>
   </si>
   <si>
     <t>1154</t>
   </si>
   <si>
     <t>A todos que compõem a Secretaria de Esportes do Município de Santa Cruz, em especial ao Secretário Jackson Jaedson pela brilhante realização dos Jogos Escolares de Santa Cruz (JESC).</t>
   </si>
   <si>
     <t>1168</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1168/mocao_de_aplausos_no_019-2024.pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1168/mocao_de_aplausos_no_019-2024.pdf</t>
   </si>
   <si>
     <t>Moção de Aplausos a DRA POLLYANA RENATA NIRELLY DA SILVA E SILVA  médica da Estratégia Saúde da Família do Cônego Monte pelo seu excelente trabalho realizado junto a comunidade.</t>
   </si>
   <si>
     <t>1226</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1226/mocao_de_aplausos_no_020-2024.pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1226/mocao_de_aplausos_no_020-2024.pdf</t>
   </si>
   <si>
     <t>QUE SEJA CONCEDIDA UMA MOÇÃO DE APALUSOS AOS SENHOR ADRIANO JUSTINO DE CARVALHO PELOS SEUS RELEVANTES SERVIÇOS PRESTADOS Á CIDADE DE SANTA CRUZ/RN.</t>
   </si>
   <si>
     <t>1246</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1246/mocao_de_aplausos_no_021-2024_-_jose_nicolau_de_medeiros.pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1246/mocao_de_aplausos_no_021-2024_-_jose_nicolau_de_medeiros.pdf</t>
   </si>
   <si>
     <t>Que seja concedida uma moção de aplausos ao senhor José Nicolau de Medeiros pelos seus relevantes serviços prestados à cidade de Santa Cruz/RN.</t>
   </si>
   <si>
     <t>1256</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1256/no_022-2024_-_professor_ricardo_targino_-_erivan_justino.pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1256/no_022-2024_-_professor_ricardo_targino_-_erivan_justino.pdf</t>
   </si>
   <si>
     <t>Moção de Aplausos ao Sr. professor Ricardo Targino Muniz, em reconhecimento aos relevantes serviços prestados nesta municipalidade no segmento Participação Popular.</t>
   </si>
   <si>
     <t>928</t>
   </si>
   <si>
     <t>MP</t>
   </si>
   <si>
     <t>Moção de Pesar</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/928/mocao_de_pesar_-_erivan_justino.pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/928/mocao_de_pesar_-_erivan_justino.pdf</t>
   </si>
   <si>
     <t>Aos familiares do Sr. Suélio Justino da Fonseca, de 44 anos, pelo seu falecimento dia 16 de fevereiro de 2024.</t>
   </si>
   <si>
     <t>925</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/925/mocao_de_pesar_-_erivan_justino..pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/925/mocao_de_pesar_-_erivan_justino..pdf</t>
   </si>
   <si>
     <t>Moção de pesar aos familiares do s.r Lourival José de lima.</t>
   </si>
   <si>
     <t>1104</t>
   </si>
   <si>
     <t>Aos familiares da Senhora Natália Bezerril de Oliveira, pelo seu falecimento ocorrido no dia 15 de fevereiro do corrente ano.</t>
   </si>
   <si>
     <t>934</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/934/mocao_de_pesar_-_marco_celito_da_costa.pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/934/mocao_de_pesar_-_marco_celito_da_costa.pdf</t>
   </si>
   <si>
     <t>Moção de pesar ao s.r. José Francisco filho ( s.r. deca ).</t>
   </si>
   <si>
     <t>1108</t>
   </si>
   <si>
     <t>Moção de Pesar - aos familiares do Sr. Manuel Bezerra Confessor.</t>
   </si>
   <si>
     <t>1111</t>
   </si>
   <si>
     <t>Moção de Pesar aos familiares da Senhora Mirian Soares da Costa Silva.</t>
   </si>
   <si>
     <t>1116</t>
   </si>
   <si>
     <t>Moção de Pesar aos familiares do Senhor JOSÉ GERALDO RIBEIRO, conhecido popularmente por Everaldo do Parque.</t>
   </si>
   <si>
     <t>915</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/915/mocao_de_pesar_-_elcio_pontes.pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/915/mocao_de_pesar_-_elcio_pontes.pdf</t>
   </si>
   <si>
     <t>Moção de pesar aos familiares do s.r. Adauto Manoel de pontes, falecido dia 09.04.2024.</t>
   </si>
   <si>
     <t>1119</t>
   </si>
   <si>
     <t>Aos Familiares do senhor José Bernardino da Silva.</t>
   </si>
   <si>
     <t>918</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/918/mocao_-_marco_celito_da_costa.pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/918/mocao_-_marco_celito_da_costa.pdf</t>
   </si>
   <si>
     <t>Moção de pesar aos familiares do s.r. José costa filho falecido dia 22.04.2024.</t>
   </si>
   <si>
     <t>988</t>
   </si>
   <si>
     <t>Aos familiares do Senhor Gelson Flôr, pelo seu falecimento ocorrido no último dia 26 de maio.</t>
   </si>
   <si>
     <t>1152</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1152/mocao_de_pesar_-_prof._jose_da_luz.pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1152/mocao_de_pesar_-_prof._jose_da_luz.pdf</t>
   </si>
   <si>
     <t>Moção de Pesar aos familiares do professor, Dr. José da Luz da Costa, de 64 anos, pelo seu falecimento ocorrido em 15 de Julho de 2024.</t>
   </si>
   <si>
     <t>1153</t>
   </si>
   <si>
     <t>Rodolfo Bezerril, Beto da Saúde, Élcio Pontes, Erivan Justino, Fábio Dias, Josemar Bezerra, Lucicláudio Bezerra, Marco Celito, Nayara Fonseca, Paulo César, Talita Marielle, Tarcísio das Horteiras, Zuleide Guilherme</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1153/mocao_de_pesar_18_-__beto_do_vale.pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1153/mocao_de_pesar_18_-__beto_do_vale.pdf</t>
   </si>
   <si>
     <t>Moção de Pesar aos familiares do senhor José Eriberto do Vale, conhecido popularmente por Beto do Vale.</t>
   </si>
   <si>
     <t>1162</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1162/mocao_de_pesar_019.pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1162/mocao_de_pesar_019.pdf</t>
   </si>
   <si>
     <t>Moção de pesar aos familiares do Sr. Antônio Eugênio Filho (Marcelino da Caçamba).</t>
   </si>
   <si>
     <t>1163</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1163/mocao_de_pesar_020_-_2024_-_jose_eribaldo.pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1163/mocao_de_pesar_020_-_2024_-_jose_eribaldo.pdf</t>
   </si>
   <si>
     <t>Moção de pesar aos familiares do Sr. José Eribaldo Ferreira de Morais.</t>
   </si>
   <si>
     <t>1169</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1169/mocao_de_pesar_no_021-2024__-_francisco_araujo_da_costa.pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1169/mocao_de_pesar_no_021-2024__-_francisco_araujo_da_costa.pdf</t>
   </si>
   <si>
     <t>Moção de pesar aos familiares do senhor Francisco Araújo da Costa.</t>
   </si>
   <si>
     <t>1179</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1179/mocao_de_pesar_03.09.pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1179/mocao_de_pesar_03.09.pdf</t>
   </si>
   <si>
     <t>Moção de pesar pelo falecimento da senhora Maria das Vitórias dos Santos, que veio a óbito no dia 01 de setembro de 2024.</t>
   </si>
   <si>
     <t>1187</t>
   </si>
   <si>
     <t>Erivan Justino, Paulo César, Talita Marielle</t>
   </si>
   <si>
     <t>Moção de pesar pelo falecimento do Sr. Tito Cordeiro da Luz. Ocorrido no último sábado 07 de setembro de 2024.</t>
   </si>
   <si>
     <t>1190</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1190/moaao_de_pesar_17.09.pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1190/moaao_de_pesar_17.09.pdf</t>
   </si>
   <si>
     <t>Moção de pesar pelo falecimento da senhora Maria Soares da Silva, que veio a óbito no dia 14 de setembro de 2024.</t>
   </si>
   <si>
     <t>1197</t>
   </si>
   <si>
     <t>Josemar Bezerra, Beto da Saúde</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1197/mocao_de_pesar_no_025-2024.pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1197/mocao_de_pesar_no_025-2024.pdf</t>
   </si>
   <si>
     <t>Moção de pesar pelo falecimento do senhor José Ferreira Confessor.</t>
   </si>
   <si>
     <t>1201</t>
   </si>
   <si>
     <t>Lucicláudio Bezerra, Beto da Saúde, Élcio Pontes, Erivan Justino, Fábio Dias, Josemar Bezerra, Marco Celito, Nayara Fonseca, Paulo César, Rodolfo Bezerril, Talita Marielle, Tarcísio das Horteiras, Zuleide Guilherme</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1201/mocao_de_pesar_no_026-2024_-_luciclaudio.pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1201/mocao_de_pesar_no_026-2024_-_luciclaudio.pdf</t>
   </si>
   <si>
     <t>Moção de pesar pelo falecimento do senhor Genival Venâncio Rodrigues, que veio a óbito no dia 19 de setembro de 2024.</t>
   </si>
   <si>
     <t>1230</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1230/mocao_de_pesar_no_027-2024.pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1230/mocao_de_pesar_no_027-2024.pdf</t>
   </si>
   <si>
     <t>QUE SEJA CONCEDIDA UMA MOÇÃO DE PESAR AOS FAMILIARES DO SENHOR JOSÉ FELICIANO DA SILVA.</t>
   </si>
   <si>
     <t>1236</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1236/mocao_de_pesar_no_028-2024_-_marco_celito.pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1236/mocao_de_pesar_no_028-2024_-_marco_celito.pdf</t>
   </si>
   <si>
     <t>Moção de pesar aos familiares do Sr. JOSÉ GILVAN DOS SANTOS (DINDA), pelo seu falecimento ocorrido dia 28 DE OUTUBRO.</t>
   </si>
   <si>
     <t>1247</t>
   </si>
   <si>
     <t>Talita Marielle, Fábio Dias</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1247/mocao_de_pesar_no_029-2024_-_vinicio_holanda.pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1247/mocao_de_pesar_no_029-2024_-_vinicio_holanda.pdf</t>
   </si>
   <si>
     <t>Moção de Pesar os Familiares do Senhor Vinício Holanda Cavalcanti, pelo seu falecimento ocorrido em 11 de novembro de 2024.</t>
   </si>
   <si>
     <t>1289</t>
   </si>
   <si>
     <t>EMD</t>
   </si>
   <si>
     <t>Emenda Modificativa</t>
   </si>
   <si>
     <t>Beto da Saúde, Erivan Justino, Fábio Dias, Josemar Bezerra, Nayara Fonseca, Talita Marielle, Tarcísio das Horteiras, Zuleide Guilherme</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1289/emenda_001_-_reducao_da_suplementacao_para_5.docx</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1289/emenda_001_-_reducao_da_suplementacao_para_5.docx</t>
   </si>
   <si>
     <t>Altera o artigo 7º para reduzir de 30% (trinta por cento) para 5% (cinco por cento) a abertura de créditos suplementares para atender insuficiências das dotações orçamentárias e dá outras providências.</t>
   </si>
   <si>
     <t>1290</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1290/emenda_remanejamento_002_-_100_mil_para_agricultura.docx</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1290/emenda_remanejamento_002_-_100_mil_para_agricultura.docx</t>
   </si>
   <si>
     <t>Remaneja R$ 100.000,00 (cento mil reais) do total de R$ 1.210.000 (um milhão, duzentos e dez mil reais) do elemento de despesa 2067 – Promoção a Eventos Culturais – para ação 1079 Ampliação do Sistema de Abastecimento de Água na Zona Rural no âmbito da secretaria de Agricultura.</t>
   </si>
   <si>
     <t>1291</t>
   </si>
   <si>
     <t>Remaneja R$ 880.000,00 (oitocentos e oitenta mil reais) do total de R$ 2.706.169 (dois milhões, setecentos e seis mil, cento e sessenta e nove reais) do elemento de despesa 2007 – Manutenção das Ações da Secretaria Municipal de Administração – para ação 2146 no âmbito da secretaria de Agricultura.</t>
   </si>
   <si>
     <t>1292</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1292/emenda_remanejamento_004_-_180_mil_para_agricultura_-_parque_de_vaquejadas.docx</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1292/emenda_remanejamento_004_-_180_mil_para_agricultura_-_parque_de_vaquejadas.docx</t>
   </si>
   <si>
     <t>Remaneja R$ 180.000,00 (cento e oitenta mil reais) do total de R$ 1.210.000 (um milhão, duzentos e dez reais) do elemento de despesa 2067 – Promoção a Eventos Culturais – para ação 1102 Reforma do Parque de Vaquejada no âmbito da secretaria de Agricultura.</t>
   </si>
   <si>
     <t>1293</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1293/emenda_remanejamento_005_-_500_mil_para_agricultura.docx</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1293/emenda_remanejamento_005_-_500_mil_para_agricultura.docx</t>
   </si>
   <si>
     <t>Remaneja R$ 500.000,00 (quinhentos mil reais) do total de R$ 2.706.169 (dois milhões, setecentos e seis mil, cento e sessenta e nove reais) do elemento de despesa 2007 – Manutenção das Ações da Secretaria Municipal de Administração – para ação 1080 no âmbito da secretaria de Agricultura.</t>
   </si>
   <si>
     <t>1294</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1294/emenda_remanejamento_006_-_210_mil_para_agricultura.docx</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1294/emenda_remanejamento_006_-_210_mil_para_agricultura.docx</t>
   </si>
   <si>
     <t>Remaneja R$ 210.000,00 (duzentos e dez mil reais) do total de R$ 2.706.169 (dois milhões, setecentos e seis mil, cento e sessenta e nove reais) do elemento de despesa 2007 – Manutenção das Ações da Secretaria Municipal de Administração – para ação 1030 no âmbito da secretaria de Agricultura.</t>
   </si>
   <si>
     <t>1295</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1295/emenda_remanejamento_007_-_400_mil_para_programa_caixa_dagua_1.docx</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1295/emenda_remanejamento_007_-_400_mil_para_programa_caixa_dagua_1.docx</t>
   </si>
   <si>
     <t>Remaneja R$ 400.000,00 (quatrocentos mil reais) do total de R$ 1.435.000 (um milhão, quatrocentos e trinta e cinco mil reais) do elemento de despesa 2002 – Manutenção das Ações do gabinete civil – para manutenção do programa caixa d’agua social, no âmbito da secretaria de assistência social e Remaneja R$ 100.000,00 (cem mil reais) do total de R$ 466.000,00 (quatrocentos e sessenta e seis mil reais) do elemento de despesa 2003 – Manutenção das Ações da Assessoria Jurídica Municipal – para aparelhamento da patrulha Maria da Penha, no âmbito da secretaria de assistência social ambas as ações devem ser inseridas na LOA 2024 com seu respectivo elemento de despesa.</t>
   </si>
   <si>
     <t>1296</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1296/emenda_remanejamento_008_-_800_mil_para_hidrometros_-_saae.docx</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1296/emenda_remanejamento_008_-_800_mil_para_hidrometros_-_saae.docx</t>
   </si>
   <si>
     <t>Remaneja R$ 800.000,000 (oitocentos mil reais) do total de R$ 7.359.000 (sete milhões, trezentos e cinquenta e nove mil reais) do elemento de despesa 1087 - Manutenção das Ações do Sistema Autônomo de Água SAAE – para Aquisição de hidrômetros para instalação em unidades consumidoras – elemento despesa 1107.</t>
   </si>
   <si>
     <t>1297</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1297/emenda_remanejamento_009_-_2000_mihoes_para_melhoria_do_sistema_-_saae.docx</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1297/emenda_remanejamento_009_-_2000_mihoes_para_melhoria_do_sistema_-_saae.docx</t>
   </si>
   <si>
     <t>Remaneja R$ 2.000.000,000 (dois milhões de reais) do total de R$ 7.359.000 (sete milhões, trezentos e cinquenta e nove mil reais) do elemento de despesa 1087 - Manutenção das Ações do Sistema Autônomo de Água SAAE – para Manutenção e Ampliação do Sistema de Abastecimento Tratamento de água e Esgotos – elemento despesa 1188.</t>
   </si>
   <si>
     <t>1012</t>
   </si>
   <si>
     <t>PCRLJ</t>
   </si>
   <si>
     <t>Parecer Comissão Legislação Justiça e Redação</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1012/no_001_parecer_do_projeto_de_lei_002-2024__legislacao..pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1012/no_001_parecer_do_projeto_de_lei_002-2024__legislacao..pdf</t>
   </si>
   <si>
     <t>Para efeito de parecer às comissões concluíram favoravelmente, por unanimidade, que o projeto em analise pode ser submetido em votação preservando sua redação original. É o nosso parecer.</t>
   </si>
   <si>
     <t>1000</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1000/no_002_parecer_do_projeto_de_lei_municipal_002-2024__legislacao.pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1000/no_002_parecer_do_projeto_de_lei_municipal_002-2024__legislacao.pdf</t>
   </si>
   <si>
     <t>1002</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1002/no_003_parecer_do_projeto_de_lei_municipal_003-2024__legislacao.pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1002/no_003_parecer_do_projeto_de_lei_municipal_003-2024__legislacao.pdf</t>
   </si>
   <si>
     <t>1004</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1004/no_004_parecer_do_projeto_de_lei_municipal_004-2024__legislacao.pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1004/no_004_parecer_do_projeto_de_lei_municipal_004-2024__legislacao.pdf</t>
   </si>
   <si>
     <t>1006</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1006/no_005_parecer_do_projeto_de_lei_003-2024__legislacao..pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1006/no_005_parecer_do_projeto_de_lei_003-2024__legislacao..pdf</t>
   </si>
   <si>
     <t>Para efeito de parecer às comissões concluíram favoravelmente, por unanimidade, que o projeto em analise pode ser submetido em votação alterando sua redação original. É o nosso parecer.</t>
   </si>
   <si>
     <t>1013</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1013/no_006_parecer_do_projeto_de_lei_008-2024_legislacao..pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1013/no_006_parecer_do_projeto_de_lei_008-2024_legislacao..pdf</t>
   </si>
   <si>
     <t>1014</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1014/no_007_parecer_do_projeto_de_decreto_001-2024_-_marco_celito_-_legislacao.pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1014/no_007_parecer_do_projeto_de_decreto_001-2024_-_marco_celito_-_legislacao.pdf</t>
   </si>
   <si>
     <t>Para efeito de parecer à comissão conclui favoravelmente, por unanimidade, que o projeto em analise pode ser submetido em votação preservando sua redação original. É o nosso parecer.</t>
   </si>
   <si>
     <t>1017</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1017/no_008_parecer_do_projeto_de_decreto_002-2024_-_rodolfo_bezerril_-_legislacao.pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1017/no_008_parecer_do_projeto_de_decreto_002-2024_-_rodolfo_bezerril_-_legislacao.pdf</t>
   </si>
   <si>
     <t>1018</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1018/no_009_parecer_do_projeto_de_decreto_003-2024_-_talita_marielle_-_legislacao.pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1018/no_009_parecer_do_projeto_de_decreto_003-2024_-_talita_marielle_-_legislacao.pdf</t>
   </si>
   <si>
     <t>1019</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1019/no_010_parecer_do_projeto_de_decreto_004-2024_-_fabio_dias_-_legislacao.pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1019/no_010_parecer_do_projeto_de_decreto_004-2024_-_fabio_dias_-_legislacao.pdf</t>
   </si>
   <si>
     <t>1020</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1020/no_011_parecer_do_projeto_de_resolucao_002-2024_-_legislacao.pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1020/no_011_parecer_do_projeto_de_resolucao_002-2024_-_legislacao.pdf</t>
   </si>
   <si>
     <t>Para efeito de parecer às comissões concluíram favoravelmente, por maioria simples, que o projeto em analise pode ser submetido em votação preservando sua redação original. É o nosso parecer.</t>
   </si>
   <si>
     <t>1021</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1021/no_012_parecer_do_projeto_de_lei_006-2024__legislacao..pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1021/no_012_parecer_do_projeto_de_lei_006-2024__legislacao..pdf</t>
   </si>
   <si>
     <t>1022</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1022/no_013_parecer_do_projeto_de_lei_municipal_005-2024__legislacao.pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1022/no_013_parecer_do_projeto_de_lei_municipal_005-2024__legislacao.pdf</t>
   </si>
   <si>
     <t>1023</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1023/no_014_parecer_do_projeto_de_lei_municipal_006-2024__legislacao.pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1023/no_014_parecer_do_projeto_de_lei_municipal_006-2024__legislacao.pdf</t>
   </si>
   <si>
     <t>1024</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1024/no_015_parecer_do_projeto_de_lei_municipal_007-2024__legislacao.pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1024/no_015_parecer_do_projeto_de_lei_municipal_007-2024__legislacao.pdf</t>
   </si>
   <si>
     <t>1025</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1025/no_016_parecer_do_projeto_de_decreto_005-2024_-erivan_justino_-_legislacao.pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1025/no_016_parecer_do_projeto_de_decreto_005-2024_-erivan_justino_-_legislacao.pdf</t>
   </si>
   <si>
     <t>Para efeito de parecer à comissão conclui favoravelmente, por maioria simples, que o projeto em analise pode ser submetido em votação preservando sua redação original. É o nosso parecer.</t>
   </si>
   <si>
     <t>1027</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1027/no_017_parecer_do_projeto_de_decreto_006-2024_-rodolfo_bezerril_-_legislacao.pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1027/no_017_parecer_do_projeto_de_decreto_006-2024_-rodolfo_bezerril_-_legislacao.pdf</t>
   </si>
   <si>
     <t>1028</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1028/no_018_parecer_do_projeto_de_decreto_007-2024_-luciclaudio_bezerra_-_legislacao.pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1028/no_018_parecer_do_projeto_de_decreto_007-2024_-luciclaudio_bezerra_-_legislacao.pdf</t>
   </si>
   <si>
     <t>1029</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1029/no_019_parecer_do_projeto_de_decreto_008-2024_-talita_marielle-_legislacao.pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1029/no_019_parecer_do_projeto_de_decreto_008-2024_-talita_marielle-_legislacao.pdf</t>
   </si>
   <si>
     <t>1030</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1030/no_020_parecer_do_projeto_de_lei_011-2024_legislacao..pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1030/no_020_parecer_do_projeto_de_lei_011-2024_legislacao..pdf</t>
   </si>
   <si>
     <t>1031</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1031/no_021_parecer_do_projeto_de_lei_municipal_009-2024__legislacao.pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1031/no_021_parecer_do_projeto_de_lei_municipal_009-2024__legislacao.pdf</t>
   </si>
   <si>
     <t>1032</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1032/no_022_parecer_do_projeto_de_decreto_009-2024_-erivan_justino-_legislacao.pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1032/no_022_parecer_do_projeto_de_decreto_009-2024_-erivan_justino-_legislacao.pdf</t>
   </si>
   <si>
     <t>1033</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1033/no_023_parecer_do_projeto_de_decreto_010-2024_-talita_marielle-_legislacao.pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1033/no_023_parecer_do_projeto_de_decreto_010-2024_-talita_marielle-_legislacao.pdf</t>
   </si>
   <si>
     <t>1037</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1037/no_024_parecer_do_projeto_de_decreto_011-2024_-paulo_cesar-_legislacao.pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1037/no_024_parecer_do_projeto_de_decreto_011-2024_-paulo_cesar-_legislacao.pdf</t>
   </si>
   <si>
     <t>1038</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1038/no_025_parecer_do_projeto_de_decreto_012-2024_-elcio_pontes-_legislacao.pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1038/no_025_parecer_do_projeto_de_decreto_012-2024_-elcio_pontes-_legislacao.pdf</t>
   </si>
   <si>
     <t>1039</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1039/no_026_parecer_do_projeto_de_decreto_013-2024_-erivan_justino-_legislacao.pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1039/no_026_parecer_do_projeto_de_decreto_013-2024_-erivan_justino-_legislacao.pdf</t>
   </si>
   <si>
     <t>1040</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1040/no_027_parecer_do_projeto_de_lei_014-2024_legislacao..pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1040/no_027_parecer_do_projeto_de_lei_014-2024_legislacao..pdf</t>
   </si>
   <si>
     <t>Para efeito de parecer às comissões concluíram favoravelmente, seguindo o parecer jurídico Nº 044/2024, por maioria simples, que o projeto em analise pode ser submetido em votação preservando sua redação original. É o nosso parecer.</t>
   </si>
   <si>
     <t>1041</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1041/no_028_parecer_do_projeto_de_lei_015-2024_legislacao..pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1041/no_028_parecer_do_projeto_de_lei_015-2024_legislacao..pdf</t>
   </si>
   <si>
     <t>1049</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1049/no_029_parecer_do_projeto_de_lei_016-2024_legislacao..pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1049/no_029_parecer_do_projeto_de_lei_016-2024_legislacao..pdf</t>
   </si>
   <si>
     <t>1068</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1068/no_030_parecer_do_projeto_de_decreto_014-2024_-paulo_cesar-_legislacao.pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1068/no_030_parecer_do_projeto_de_decreto_014-2024_-paulo_cesar-_legislacao.pdf</t>
   </si>
   <si>
     <t>1069</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1069/no_031_parecer_do_projeto_de_decreto_015-2024_-paulo_cesar-_legislacao.pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1069/no_031_parecer_do_projeto_de_decreto_015-2024_-paulo_cesar-_legislacao.pdf</t>
   </si>
   <si>
     <t>1070</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1070/no_032_parecer_do_projeto_de_decreto_016-2024_-marco_celito-_legislacao.pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1070/no_032_parecer_do_projeto_de_decreto_016-2024_-marco_celito-_legislacao.pdf</t>
   </si>
   <si>
     <t>1071</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1071/no_033_parecer_do_projeto_de_decreto_017-2024_-fabio_dias-_legislacao.pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1071/no_033_parecer_do_projeto_de_decreto_017-2024_-fabio_dias-_legislacao.pdf</t>
   </si>
   <si>
     <t>1072</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1072/no_034_parecer_do_projeto_de_decreto_018-2024_-_luciclaudio-_legislacao.pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1072/no_034_parecer_do_projeto_de_decreto_018-2024_-_luciclaudio-_legislacao.pdf</t>
   </si>
   <si>
     <t>1073</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1073/no_035_parecer_do_projeto_de_decreto_019-2024_-_rodolfo-_legislacao.pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1073/no_035_parecer_do_projeto_de_decreto_019-2024_-_rodolfo-_legislacao.pdf</t>
   </si>
   <si>
     <t>1074</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1074/no_036_parecer_do_projeto_de_lei_complementar_municipal_003-2024__legislacao.pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1074/no_036_parecer_do_projeto_de_lei_complementar_municipal_003-2024__legislacao.pdf</t>
   </si>
   <si>
     <t>1075</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1075/no_037_parecer_do_projeto_de_lei_complementar_municipal_004-2024__legislacao.pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1075/no_037_parecer_do_projeto_de_lei_complementar_municipal_004-2024__legislacao.pdf</t>
   </si>
   <si>
     <t>1076</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1076/no_038_parecer_do_projeto_de_lei_municipal_012-2024__legislacao.pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1076/no_038_parecer_do_projeto_de_lei_municipal_012-2024__legislacao.pdf</t>
   </si>
   <si>
     <t>1077</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1077/no_039_parecer_do_projeto_de_lei_municipal_011-2024_legislacao.pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1077/no_039_parecer_do_projeto_de_lei_municipal_011-2024_legislacao.pdf</t>
   </si>
   <si>
     <t>1078</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1078/no_040_parecer_do_projeto_de_lei_017-2024_legislacao.pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1078/no_040_parecer_do_projeto_de_lei_017-2024_legislacao.pdf</t>
   </si>
   <si>
     <t>1081</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1081/no_041_parecer_do_projeto_de_decreto_020-2024_legislacao.pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1081/no_041_parecer_do_projeto_de_decreto_020-2024_legislacao.pdf</t>
   </si>
   <si>
     <t>1082</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1082/no_042_parecer_do_projeto_de_decreto_021-2024_legislacao.pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1082/no_042_parecer_do_projeto_de_decreto_021-2024_legislacao.pdf</t>
   </si>
   <si>
     <t>1083</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1083/no_043_parecer_do_projeto_de_decreto_022-2024_legislacao.pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1083/no_043_parecer_do_projeto_de_decreto_022-2024_legislacao.pdf</t>
   </si>
   <si>
     <t>1084</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1084/no_044_parecer_do_projeto_de_lei_municipal_008-2024_legislacao.pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1084/no_044_parecer_do_projeto_de_lei_municipal_008-2024_legislacao.pdf</t>
   </si>
   <si>
     <t>1145</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1145/no_045_parecer_do_projeto_de_decreto_023-2024_legislacao.pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1145/no_045_parecer_do_projeto_de_decreto_023-2024_legislacao.pdf</t>
   </si>
   <si>
     <t>Para efeito de parecer às comissões concluíram favoravelmente, por unanimidade, que o Projeto de Decreto nº 023/2024, pode ser submetido em votação preservando sua redação original. É o nosso parecer.</t>
   </si>
   <si>
     <t>1146</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1146/no_046_parecer_do_projeto_de_decreto_024-2024_legislacao.pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1146/no_046_parecer_do_projeto_de_decreto_024-2024_legislacao.pdf</t>
   </si>
   <si>
     <t>Para efeito de parecer às comissões concluíram favoravelmente, por unanimidade, que o Projeto de Decreto nº 024/2024 pode ser submetido em votação preservando sua redação original. É o nosso parecer.</t>
   </si>
   <si>
     <t>1147</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1147/no_047_parecer_do_projeto_de_decreto_025-2024_legislacao.pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1147/no_047_parecer_do_projeto_de_decreto_025-2024_legislacao.pdf</t>
   </si>
   <si>
     <t>Para efeito de parecer às comissões concluíram favoravelmente, por unanimidade, que o Projeto de Decreto nº 025/2024 pode ser submetido em votação preservando sua redação original. É o nosso parecer.</t>
   </si>
   <si>
     <t>1160</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1160/parecer_no_048_do_projeto_de_lei_019-2024_legislacao..pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1160/parecer_no_048_do_projeto_de_lei_019-2024_legislacao..pdf</t>
   </si>
   <si>
     <t>Para efeito de parecer às comissões concluíram favoravelmente, que o Projeto de Lei nº 019/2024 pode ser submetido em votação preservando sua redação original. É o nosso parecer.</t>
   </si>
   <si>
     <t>1188</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1188/no_049_parecer_do_projeto_de_lei_020-2024_legislacao..pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1188/no_049_parecer_do_projeto_de_lei_020-2024_legislacao..pdf</t>
   </si>
   <si>
     <t>Para efeito de parecer a comissão concluiu favoravelmente, que o Projeto de Lei nº 020/2024 pode ser submetido em votação preservando sua redação original. É o nosso parecer.</t>
   </si>
   <si>
     <t>1189</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1189/no_050_parecer_do_projeto_de_decreto_026-2024_legislacao..pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1189/no_050_parecer_do_projeto_de_decreto_026-2024_legislacao..pdf</t>
   </si>
   <si>
     <t>Para efeito de parecer a comissão concluiu favoravelmente, que o Projeto de Decreto nº 026/2024 pode ser submetido em votação preservando sua redação original. É o nosso parecer.</t>
   </si>
   <si>
     <t>1223</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1223/no_051_parecer_do_projeto_de_decreto_026-2024_legislacao..pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1223/no_051_parecer_do_projeto_de_decreto_026-2024_legislacao..pdf</t>
   </si>
   <si>
     <t>Para efeito de parecer à comissão concluiu favoravelmente, seguindo o parecer jurídico, por maioria simples, que a Proposta de Emenda à Lei Orgânica nº 001/2024, pode ser submetido em votação preservando sua redação original. É o nosso parecer.</t>
   </si>
   <si>
     <t>1224</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1224/no_052_parecer_do_projeto_de_lei_021-2024_legislacao..pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1224/no_052_parecer_do_projeto_de_lei_021-2024_legislacao..pdf</t>
   </si>
   <si>
     <t>Para efeito de parecer a comissão concluiu favoravelmente, por maioria simples, que o Projeto de Lei nº 021/2024, pode ser submetido em votação preservando sua redação original. É o nosso parecer.</t>
   </si>
   <si>
     <t>1231</t>
   </si>
   <si>
     <t>CLJR - Comissão de Legislação, Justiça e Redação</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1231/no_053_parecer_do_projeto_de_decreto_031-2024_legislacao..pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1231/no_053_parecer_do_projeto_de_decreto_031-2024_legislacao..pdf</t>
   </si>
   <si>
     <t>Para efeito de parecer a comissão concluiu favoravelmente, por maioria simples, que o Projeto de Decreto Legislativo nº 031/2024, pode ser submetido em votação preservando sua redação original. É o nosso parecer.</t>
   </si>
   <si>
     <t>1232</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1232/no_054_parecer_do_projeto_de_lei_022-2024_legislacao..pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1232/no_054_parecer_do_projeto_de_lei_022-2024_legislacao..pdf</t>
   </si>
   <si>
     <t>Para efeito de parecer a comissão concluiu favoravelmente, por unanimidade, que o Projeto de Lei nº 022/2024, pode ser submetido em votação preservando sua redação original. É o nosso parecer.</t>
   </si>
   <si>
     <t>1233</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1233/no_055_parecer_do_projeto_de_lei_024-2024_legislacao..pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1233/no_055_parecer_do_projeto_de_lei_024-2024_legislacao..pdf</t>
   </si>
   <si>
     <t>Para efeito de parecer a comissão concluiu favoravelmente, por maioria simples, que o Projeto de Lei nº 024/2024, pode ser submetido em votação preservando sua redação original. É o nosso parecer.</t>
   </si>
   <si>
     <t>1242</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1242/no_056_parecer_do_projeto_de_lei_025-2024_legislacao..pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1242/no_056_parecer_do_projeto_de_lei_025-2024_legislacao..pdf</t>
   </si>
   <si>
     <t>Para efeito de parecer a comissão concluiu favoravelmente, por maioria simples, que o Projeto de Lei nº 025/2024, pode ser submetido em votação preservando sua redação original. É o nosso parecer.</t>
   </si>
   <si>
     <t>1258</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1258/no_057_parecer_do_projeto_de_lei_026-2024_legislacao..pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1258/no_057_parecer_do_projeto_de_lei_026-2024_legislacao..pdf</t>
   </si>
   <si>
     <t>Para efeito de parecer a comissão concluiu favoravelmente, por maioria simples, que o Projeto de Lei nº 026/2024, pode ser submetido em votação preservando sua redação original. É o nosso parecer.</t>
   </si>
   <si>
     <t>1259</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1259/no_058_parecer_do_projeto_de_lei_027-2024_legislacao..pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1259/no_058_parecer_do_projeto_de_lei_027-2024_legislacao..pdf</t>
   </si>
   <si>
     <t>Para efeito de parecer a comissão concluiu favoravelmente, por maioria simples, que o Projeto de Lei nº 027/2024, pode ser submetido em votação preservando sua redação original. É o nosso parecer.</t>
   </si>
   <si>
     <t>1260</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1260/no_059_parecer_do_projeto_de_lei_027-2024_legislacao..pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1260/no_059_parecer_do_projeto_de_lei_027-2024_legislacao..pdf</t>
   </si>
   <si>
     <t>Para efeito de parecer a comissão concluiu favoravelmente, por maioria simples, que o Projeto de Lei nº 018/2024, pode ser submetido em votação preservando sua redação original. É o nosso parecer.</t>
   </si>
   <si>
     <t>1261</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1261/no_060_parecer_do_projeto_de_lei_010-2024_legislacao..pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1261/no_060_parecer_do_projeto_de_lei_010-2024_legislacao..pdf</t>
   </si>
   <si>
     <t>Para efeito de parecer a comissão concluiu favoravelmente, por maioria simples, que o Projeto de Lei nº 010/2024, pode ser submetido em votação preservando sua redação original. É o nosso parecer.</t>
   </si>
   <si>
     <t>1262</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1262/no_061_parecer_do_projeto_de_lei_004-2024_legislacao..pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1262/no_061_parecer_do_projeto_de_lei_004-2024_legislacao..pdf</t>
   </si>
   <si>
     <t>Para efeito de parecer a comissão concluiu favoravelmente, por maioria simples, que o Projeto de Lei nº 004/2024, pode ser submetido em votação preservando sua redação original. É o nosso parecer</t>
   </si>
   <si>
     <t>1263</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1263/arquivamento_no_062_parecer_do_projeto_de_lei_005-2024_legislacao..pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1263/arquivamento_no_062_parecer_do_projeto_de_lei_005-2024_legislacao..pdf</t>
   </si>
   <si>
     <t>Para efeito de parecer à comissão concluiu desfavoravelmente, seguindo o parecer jurídico, por maioria simples, que o Projeto de Lei nº 005/2024, deve ser arquivado. É o nosso parecer.</t>
   </si>
   <si>
     <t>1264</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1264/arquivamento_no_063_parecer_do_projeto_de_lei_007-2024_legislacao..pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1264/arquivamento_no_063_parecer_do_projeto_de_lei_007-2024_legislacao..pdf</t>
   </si>
   <si>
     <t>Para efeito de parecer à comissão concluiu desfavoravelmente, seguindo o parecer jurídico, por maioria simples, que o Projeto de Lei nº 007/2024, deve ser arquivado. É o nosso parecer.</t>
   </si>
   <si>
     <t>1265</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1265/arquivamento_no_064_parecer_do_projeto_de_lei_009-2024_legislacao..pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1265/arquivamento_no_064_parecer_do_projeto_de_lei_009-2024_legislacao..pdf</t>
   </si>
   <si>
     <t>Para efeito de parecer à comissão concluiu desfavoravelmente, seguindo o parecer jurídico, por maioria simples, que o Projeto de Lei nº 009/2024, deve ser arquivado. É o nosso parecer.</t>
   </si>
   <si>
     <t>1266</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1266/arquivamento_no_064_parecer_do_projeto_de_lei_009-2024_legislacao..pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1266/arquivamento_no_064_parecer_do_projeto_de_lei_009-2024_legislacao..pdf</t>
   </si>
   <si>
     <t>Para efeito de parecer à comissão concluiu desfavoravelmente, seguindo o parecer jurídico, por maioria simples, que o Projeto de Lei nº 012/2024, deve ser arquivado. É o nosso parecer.</t>
   </si>
   <si>
     <t>1267</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1267/arquivamento_no_066_parecer_do_projeto_de_lei_013-2024_legislacao..pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1267/arquivamento_no_066_parecer_do_projeto_de_lei_013-2024_legislacao..pdf</t>
   </si>
   <si>
     <t>Para efeito de parecer à comissão concluiu desfavoravelmente, seguindo o parecer jurídico, por maioria simples, que o Projeto de Lei nº 013/2024, deve ser arquivado. É o nosso parecer.</t>
   </si>
   <si>
     <t>1268</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1268/no_067_parecer_do_projeto_de_decreto_027-2024_legislacao..pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1268/no_067_parecer_do_projeto_de_decreto_027-2024_legislacao..pdf</t>
   </si>
   <si>
     <t>Para efeito de parecer a comissão concluiu favoravelmente, por maioria simples, que o Projeto de Decreto nº 027/2024, pode ser submetido em votação preservando sua redação original. É o nosso parecer.</t>
   </si>
   <si>
     <t>1269</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1269/no_068_parecer_do_projeto_de_decreto_028-2024_legislacao..pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1269/no_068_parecer_do_projeto_de_decreto_028-2024_legislacao..pdf</t>
   </si>
   <si>
     <t>Para efeito de parecer a comissão concluiu favoravelmente, por maioria simples, que o Projeto de Decreto nº 028/2024, pode ser submetido em votação preservando sua redação original. É o nosso parecer.</t>
   </si>
   <si>
     <t>1270</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1270/no_069_parecer_do_projeto_de_decreto_029-2024_legislacao..pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1270/no_069_parecer_do_projeto_de_decreto_029-2024_legislacao..pdf</t>
   </si>
   <si>
     <t>Para efeito de parecer a comissão concluiu favoravelmente, por maioria simples, que o Projeto de Decreto nº 029/2024, pode ser submetido em votação preservando sua redação original. É o nosso parecer.</t>
   </si>
   <si>
     <t>1271</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1271/no_070_parecer_do_projeto_de_decreto_030-2024_legislacao..pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1271/no_070_parecer_do_projeto_de_decreto_030-2024_legislacao..pdf</t>
   </si>
   <si>
     <t>Para efeito de parecer a comissão concluiu favoravelmente, por maioria simples, que o Projeto de Decreto nº 030/2024, pode ser submetido em votação preservando sua redação original. É o nosso parecer.</t>
   </si>
   <si>
     <t>1272</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1272/no_071_parecer_do_projeto_de_lei_municipal_021-2024_legislacao.pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1272/no_071_parecer_do_projeto_de_lei_municipal_021-2024_legislacao.pdf</t>
   </si>
   <si>
     <t>Para efeito de parecer a comissão concluiu favoravelmente, por maioria simples, que o Projeto de Lei Municipal nº 021/2024, pode ser submetido em votação preservando sua redação original. É o nosso parecer.</t>
   </si>
   <si>
     <t>1275</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1275/no_072_parecer_do_projeto_de_decreto_032-2024_legislacao..pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1275/no_072_parecer_do_projeto_de_decreto_032-2024_legislacao..pdf</t>
   </si>
   <si>
     <t>1276</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1276/no_073_parecer_do_projeto_de_lei_028-2024_legislacao..pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1276/no_073_parecer_do_projeto_de_lei_028-2024_legislacao..pdf</t>
   </si>
   <si>
     <t>1285</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1285/no_074_parecer_do_projeto_de_decreto_033-2024_legislacao..pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1285/no_074_parecer_do_projeto_de_decreto_033-2024_legislacao..pdf</t>
   </si>
   <si>
     <t>Para efeito de parecer a comissão concluiu favoravelmente, por maioria simples, que o Projeto de Decreto nº 033/2024, deve ser submetido em votação preservando sua redação original. É o nosso parecer.</t>
   </si>
   <si>
     <t>1286</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1286/no_075_parecer_do_projeto_de_decreto_034-2024_legislacao..pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1286/no_075_parecer_do_projeto_de_decreto_034-2024_legislacao..pdf</t>
   </si>
   <si>
     <t>Para efeito de parecer a comissão concluiu favoravelmente, por maioria simples, que o Projeto de Decreto nº 034/2024, deve ser submetido em votação preservando sua redação original. É o nosso parecer.</t>
   </si>
   <si>
     <t>1301</t>
   </si>
   <si>
     <t>Para efeito de parecer a comissão concluiu favoravelmente, por maioria simples, que o Projeto Lei Municipal nº 022/2024 e os Projetos de Resolução nº 003/2024 e nº004/2024, devem ser submetidos em votação preservando suas redações originais. É o nosso parecer.</t>
   </si>
   <si>
     <t>999</t>
   </si>
   <si>
     <t>PRCFO</t>
   </si>
   <si>
     <t>Parecer Comissão Finanças Orçamento e Fiscalização</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/999/no_001_-_parecer_oral_do_projeto_de_lei_municipal_no_002-2024_-_comissao_de_financas.pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/999/no_001_-_parecer_oral_do_projeto_de_lei_municipal_no_002-2024_-_comissao_de_financas.pdf</t>
   </si>
   <si>
     <t>Para efeito de parece físico à comissão conclui favoravelmente, por unanimidade, que o projeto em analise pode ser submetido em votação preservando sua redação original. É o nosso parecer.</t>
   </si>
   <si>
     <t>1001</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1001/no_002_parecer_oral_do_projeto_de_lei_municipal_no_003-2024_-_comissao_de_financas.pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1001/no_002_parecer_oral_do_projeto_de_lei_municipal_no_003-2024_-_comissao_de_financas.pdf</t>
   </si>
   <si>
     <t>1003</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1003/no_003_parecer_do_projeto_de_lei_municipal_004-2024_-_financas.pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1003/no_003_parecer_do_projeto_de_lei_municipal_004-2024_-_financas.pdf</t>
   </si>
   <si>
     <t>1005</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1005/no_004_parecer_do_projeto_de_lei_municipal_005-2024_-_financas.pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1005/no_004_parecer_do_projeto_de_lei_municipal_005-2024_-_financas.pdf</t>
   </si>
   <si>
     <t>1007</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1007/no_005_-_parecer_do_projeto_de_lei_municipal_006-2024_-_financas.pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1007/no_005_-_parecer_do_projeto_de_lei_municipal_006-2024_-_financas.pdf</t>
   </si>
   <si>
     <t>1015</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1015/no_006_-_parecer_do_projeto_de_lei_municipal_007-2024_-_financas.pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1015/no_006_-_parecer_do_projeto_de_lei_municipal_007-2024_-_financas.pdf</t>
   </si>
   <si>
     <t>1016</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1016/no_007_-_parecer_do_projeto_de_lei_complementar_municipal_003-2024_-_financas.pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1016/no_007_-_parecer_do_projeto_de_lei_complementar_municipal_003-2024_-_financas.pdf</t>
   </si>
   <si>
     <t>1026</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1026/no_008_-_parecer_do_projeto_de_lei_municipal_008-2024_-_financas.pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1026/no_008_-_parecer_do_projeto_de_lei_municipal_008-2024_-_financas.pdf</t>
   </si>
   <si>
     <t>1034</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1034/no_009_-_parecer_do_projeto_de_lei_municipal_011-2024_-_financas.pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1034/no_009_-_parecer_do_projeto_de_lei_municipal_011-2024_-_financas.pdf</t>
   </si>
   <si>
     <t>1035</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1035/no_010_-_parecer_do_projeto_de_lei_017-2024_-_financas.pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1035/no_010_-_parecer_do_projeto_de_lei_017-2024_-_financas.pdf</t>
   </si>
   <si>
     <t>1036</t>
   </si>
   <si>
     <t>Parecer favorável ao Projeto de Lei Municipal Nº 007/2024, de autoria do Executivo.</t>
   </si>
   <si>
     <t>1280</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1280/parecer_no_012_do_projeto_de_lei_municipal_021-2024_financas.pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1280/parecer_no_012_do_projeto_de_lei_municipal_021-2024_financas.pdf</t>
   </si>
   <si>
     <t>Para efeito de parecer à comissão concluí favoravelmente, que o Projeto de Lei Municipal nº 021/2024 deve ser submetido em votação preservando sua redação original. É o nosso parecer.</t>
   </si>
   <si>
     <t>1302</t>
   </si>
   <si>
     <t>Para efeito de parecer a comissão concluiu favoravelmente, por maioria simples, que o Projeto de Resolução nº 003/2024, deve ser submetido em votação preservando sua redação original. É o nosso parecer.</t>
   </si>
   <si>
     <t>1128</t>
   </si>
   <si>
     <t>PCSAC</t>
   </si>
   <si>
     <t>Parecer Comissão de Saúde, Educação, Assis...</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1128/no_001_-_parecer_oral_do_pl_009-2024_-_executivo_-_comissao_de_saude_educacao_assistencia_social_e_defesa_do_consumidor.pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1128/no_001_-_parecer_oral_do_pl_009-2024_-_executivo_-_comissao_de_saude_educacao_assistencia_social_e_defesa_do_consumidor.pdf</t>
   </si>
   <si>
     <t>Para efeito de parecer à comissão conclui favoravelmente, por unanimidade, ao Projeto de Lei 009/2024, que o projeto em analise pode ser submetido em votação preservando sua redação original. É o nosso parecer.</t>
   </si>
   <si>
     <t>1129</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1129/no_002_-_parecer_oral_do_pl_complementar_004-2024_-_executivo_-_comissao_de_saude_educacao_assistencia_social_e_defesa_do_consumidor.pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1129/no_002_-_parecer_oral_do_pl_complementar_004-2024_-_executivo_-_comissao_de_saude_educacao_assistencia_social_e_defesa_do_consumidor.pdf</t>
   </si>
   <si>
     <t>Para efeito de parecer à comissão conclui favoravelmente, por unanimidade, ao Projeto de Lei Complementar Municipal 004/2024, que o projeto em analise pode ser submetido em votação preservando sua redação original. É o nosso parecer.</t>
   </si>
   <si>
     <t>1136</t>
   </si>
   <si>
     <t>PRCPM</t>
   </si>
   <si>
     <t>Parecer Comissão de Planejamento Urbano, M e Trans</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1136/no_001_parecer_do_pl_complementar_no_003-2024.pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1136/no_001_parecer_do_pl_complementar_no_003-2024.pdf</t>
   </si>
   <si>
     <t>Para efeito de parecer à comissão conclui favoravelmente, por unanimidade, que o Projeto de Lei Complementar 003/2024 pode ser submetido em votação preservando sua redação original. É o nosso parecer.</t>
   </si>
   <si>
     <t>1137</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1137/no_002_parecer_do_pl_municipal_no_012-2024.pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1137/no_002_parecer_do_pl_municipal_no_012-2024.pdf</t>
   </si>
   <si>
     <t>Para efeito de parecer à comissão conclui favoravelmente, por unanimidade, que o Projeto de Lei Municipal 012/2024 pode ser submetido em votação preservando sua redação original. É o nosso parecer.</t>
   </si>
   <si>
     <t>1310</t>
   </si>
   <si>
     <t>CPC - Comissões Permanentes Conjunta</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1310/parecer_no_003_dos_projetos_de_lei_municipal_026-027-028-2024_planejamento_urbano.pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1310/parecer_no_003_dos_projetos_de_lei_municipal_026-027-028-2024_planejamento_urbano.pdf</t>
   </si>
   <si>
     <t>Para efeito de parecer à comissão conclui favoravelmente, por maioria simples, que os projetos nº 026/2024, nº 027/2024 e nº 028/2024, deve ser submetido em votação preservando sua redação original. É o nosso parecer.</t>
   </si>
   <si>
     <t>1085</t>
   </si>
   <si>
     <t>PARC</t>
   </si>
   <si>
     <t>Parecer das Comissões (Reunião Conjunta)</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1085/parecer_conjunto_no_001_do_projeto_de_resolucao_001-2024_conjunto_legislacao_e_financas.pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1085/parecer_conjunto_no_001_do_projeto_de_resolucao_001-2024_conjunto_legislacao_e_financas.pdf</t>
   </si>
   <si>
     <t>1086</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1086/parecer_conjunto_no_002_do_projeto_de_lei_001-2024_conjunto_legislacao_e_financas.pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1086/parecer_conjunto_no_002_do_projeto_de_lei_001-2024_conjunto_legislacao_e_financas.pdf</t>
   </si>
   <si>
     <t>1087</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1087/parecer_conjunto_no_003_do_projeto_de_lei_municipal_001-2024_conjunto_legislacao_e_financas.pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1087/parecer_conjunto_no_003_do_projeto_de_lei_municipal_001-2024_conjunto_legislacao_e_financas.pdf</t>
   </si>
   <si>
     <t>1088</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1088/parecer_conjunto_no_004_do_projeto_de_lei_municipal_complementar_001-2024_conjunto_legislacao_e_financas.pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1088/parecer_conjunto_no_004_do_projeto_de_lei_municipal_complementar_001-2024_conjunto_legislacao_e_financas.pdf</t>
   </si>
   <si>
     <t>1089</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1089/parecer_conjunto_no_005_do_projeto_de_lei_municipal_complementar_002-2024_conjunto_legislacao_e_financas.pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1089/parecer_conjunto_no_005_do_projeto_de_lei_municipal_complementar_002-2024_conjunto_legislacao_e_financas.pdf</t>
   </si>
   <si>
     <t>1156</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1156/parecer_conjunto_no_6_do_projeto_de_lei_municipal_013-2024_legislacao_e_financas.pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1156/parecer_conjunto_no_6_do_projeto_de_lei_municipal_013-2024_legislacao_e_financas.pdf</t>
   </si>
   <si>
     <t>Para efeito de parecer às comissões concluíram favoravelmente, que o Projeto de Lei Municipal nº 013/2024 pode ser submetido em votação preservando sua redação original. É o nosso parecer.</t>
   </si>
   <si>
     <t>1157</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1157/parecer_conjunto_no_7_do_projeto_de_lei_municipal_016-2024_legislacao_e_financas.pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1157/parecer_conjunto_no_7_do_projeto_de_lei_municipal_016-2024_legislacao_e_financas.pdf</t>
   </si>
   <si>
     <t>Para efeito de parecer às comissões concluíram favoravelmente, que o Projeto de Lei Municipal nº 016/2024 pode ser submetido em votação preservando sua redação original. É o nosso parecer.</t>
   </si>
   <si>
     <t>1158</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1158/parecer_conjunto_no_8_do_projeto_de_lei_municipal_017-2024_legislacao_e_financas.pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1158/parecer_conjunto_no_8_do_projeto_de_lei_municipal_017-2024_legislacao_e_financas.pdf</t>
   </si>
   <si>
     <t>Para efeito de parecer às comissões concluíram favoravelmente, que o Projeto de Lei Municipal nº 017/2024 pode ser submetido em votação preservando sua redação original. É o nosso parecer.</t>
   </si>
   <si>
     <t>1159</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1159/parecer_conjunto_no_9_do_projeto_de_lei_municipal_018-2024_legislacao_e_financas.pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1159/parecer_conjunto_no_9_do_projeto_de_lei_municipal_018-2024_legislacao_e_financas.pdf</t>
   </si>
   <si>
     <t>Para efeito de parecer às comissões concluíram favoravelmente, que o Projeto de Lei Municipal nº 018/2024 pode ser submetido em votação preservando sua redação original. É o nosso parecer.</t>
   </si>
   <si>
     <t>1241</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1241/parecer_conjunto_no_010_do_projeto_de_lei_municipal_020-2024_legislacao_financas_e_educacao..pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1241/parecer_conjunto_no_010_do_projeto_de_lei_municipal_020-2024_legislacao_financas_e_educacao..pdf</t>
   </si>
   <si>
     <t>Para efeito de parecer às comissões concluíram favoravelmente, que o Projeto de Lei Municipal nº 020/2024 pode ser submetido em votação preservando sua redação original. É o nosso parecer.</t>
   </si>
   <si>
     <t>1298</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1298/parecer_conjunto_no_011_do_projeto_de_lei_municipal_019-2024_financas_e_legislacao..pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1298/parecer_conjunto_no_011_do_projeto_de_lei_municipal_019-2024_financas_e_legislacao..pdf</t>
   </si>
   <si>
     <t>Para efeito de parecer às comissões concluíram favoravelmente, que o Projeto de Lei Municipal nº 019/2024 deve ser submetido em votação alterando sua redação original. É o nosso parecer.</t>
   </si>
   <si>
     <t>1309</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1309/parecer_conjunto_no_012_dos_projetos_de_lei_municipal_023-024-025-026-027-028-2024_financas_e_legislacao..pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1309/parecer_conjunto_no_012_dos_projetos_de_lei_municipal_023-024-025-026-027-028-2024_financas_e_legislacao..pdf</t>
   </si>
   <si>
     <t>Para efeito de parecer às comissões concluíram favoravelmente, por maioria simples, que os Projetos de Lei Municipal nº 023/2024; nº 024/2024; nº 025/2024; nº 026/2024; nº 027/2024 e nº 028/2024, deve ser submetido em votação preservando sua redação original. É o nosso parecer.</t>
   </si>
   <si>
     <t>1243</t>
   </si>
   <si>
     <t>PCE</t>
   </si>
   <si>
     <t>Parecer da Comissão Especial</t>
   </si>
   <si>
     <t>CE - Comissão Especial</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1243/parecer__no_001_da_proposta_de_emenda_001-2024_comissao_especial.pdf</t>
+    <t>http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1243/parecer__no_001_da_proposta_de_emenda_001-2024_comissao_especial.pdf</t>
   </si>
   <si>
     <t>Para efeito de parecer à comissão concluiu favoravelmente, por unanimidade, que a Proposta de Emenda à Lei Orgânica do Município Nº 001/2024 pode ser submetido em votação preservando sua redação original. É o nosso parecer.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -4507,51 +4507,51 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1215/001_-_2024_-_proposta_de_emenda_a_lei_organica.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1090/projeto_de_lei_complementar_n_001-2024.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1091/projeto_de_lei_complementar_n_002-2024.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1045/projeto_de_lei_complementar_no_003-2024_-_isencao_de_tributos_-_calcadao_ivanildo.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1044/projeto_de_lei_complementar_no_004-2024_-_diretor_e_vice_de_escolas.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1092/projeto_de_lei_municipal_n_001-2024.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1103/pl_municipal_n_002-2024.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1102/pl_municipal_n_003-2024.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1101/pl_municipal_n_004-2024.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1100/pl_municipal_n_005-2024.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1097/pl_municipal_n_006-2024.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1095/pl_municipal_n_007-2024.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1057/projeto_de_lei_municipal_008-2024.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1094/pl_municipal_n_009-2024.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1042/projeto_de_lei_municipal_n_011-2024.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1043/projeto_de_lei_no_012-2024_-_denomina_calcadao_ivanildo.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1141/pl_municipal_01324.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1142/pl_municipal_01624.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1143/pl_municipal_01724.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1144/pl_municipal_01824.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1184/projeto_de_lei_019-2024_-_loa_2025_final.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1235/projeto_de_lei_municipal_no_020-2024.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1248/projeto_de_lei_municipal_021-2024.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1284/projeto_de_lei_no_022-2024_-_criacao_de_unidade_escolar_-_cmei_maria_celestina.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1303/pl_023-2024.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1304/pl_024-2024.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1305/pl_025-2024.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1306/pl_026-2024.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1307/pl_027-2024.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1308/pl_028-2024.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/731/pjl_no_002-2024.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/733/pjl_no_003-2024.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/737/pjl_no_004-2024_0001.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/739/pjl_no_006-2024.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/741/pl_no_010-25.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/742/pjl_no_011-2024.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/743/pjl_no_014-2024.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1148/projeto_de_lei_no_019_-_2024__-_pl_da_logotipo_da_camara_de_santa_cruz_-_rn.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1183/pl_020-2024_-_transferencia_de_bens_em_desuso.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1212/pdl_021-2024.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1220/pl_022-2024.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1221/pl_023-2024.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1222/pl_024-2024.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1234/pl_025-2024.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1249/projeto_de_lei_no_026-2024_-_fabio_dias.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1250/projeto_de_lei_no_027-2024_-_fabio_dias.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/972/projeto_de_decreto_legislativo_no_001_2024_-_concede_o_titulo_de_cidadao_santa-cruzsense_ao_senhor_jaime_ramos_silva..pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/978/projeto_de_decreto_legislativo_no_concede_ao_bacharel_em_direito_joao_paulo_pereira_de_oliveira_o_titulo_de_cidadao_santacruzense_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/974/projeto_de_decreto_legislativo_no_007_2024_-_concede_o_titulo_de_cidadao_santacruzense_a_sra_maria_das_gracas_batista_da_costa.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/975/projeto_de_decreto_legislativo_no_008_2024_-_concede_o_titulo_de_cidadao_santa-cruzense_ao_senhor_frei_jean_alves_de_lima.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/976/projet1.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/977/projeto_de_decreto_legislativo_no_010_2024_-_concede_o_titulo_de_idadao_santa-cruzense_ao_senhor_felipe_freitas..pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1055/018_-_2024_-_maria_goreti.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1056/019_-_2024_-_medalha_bene_fabio_costa_de_farias.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1058/020_-_2024_-_concede_a_comenda_professora_maroquinha_a_senhora_miriam_estevam_de_freitas..pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1059/021_-_2024_-_valdo_teodosio.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1060/022_-_2024_-_concede_a_comenda_professora_maroquinha_ao_senhor_francisco_assis_dantas.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1177/projeto_de_decreto_no_026-2024_-_talita_marielle.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1193/projeto_de_decreto_no_027-2024_-_josemar.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1194/projeto_de_decreto_no_028-2024_-_josemar.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1195/projeto_de_decreto_no_029-2024_-_josemar.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1198/projeto_de_decreto_no_030-2024_-_josemar.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1257/pl_decreto_legislativo_no_032-2024.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1277/pl_decreto_no_033-2024.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1278/projeto_de_decreto_no_034-2024.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1279/projeto_de_decreto_no_035-2024.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/945/projeto_de_resolucao_no_001_2024_-_disciplina_a_contratacao....pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/946/projeto_de_resolucao_no_002_2024_-_cria_a_procuradoria_da_mulher_na_camara_municipal_de_santa_cruz_rn_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1300/projeto_de_resolucao_no_004-2024.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/716/requerimento_no_001_2024_-_reitera_requerimento_solicitando_da_gestao_municipal_providencias_para_a_instalac.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/718/requerimento_no_002_2024_-_.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/719/requerimento_no_003_2024_-_.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/721/requerimento_no_004_2024_-_.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/722/requerimento_no_005_2024_-_.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/726/requerimento_no_006_2024_-_.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/727/requerimento_no_007_2024_-_requer_do_poder_executivo_municipal_que_seja_procedido_com_urgencia_com_a_pavimentacao_a_paralelepipedo_da_rua_maria_socorro_danras_brandao_no_bairro_maracuja..pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/729/requerimento_no_008_2024_-_requer_do_poder_executivo_municipal_que_seja_impantado_em_nosso_municipio_o_programa_de_capacitacao_e_geracao_de_renda..pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1050/011_-_2024_-_requerimento.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1051/012_-_2024_-_requerimento_2.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1170/requerimento_de_informacao_no_013-2024_-_ao_numero_de_emendas_recebidas_pelo_municipio_de_santa_cruz.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1171/requerimento_de_informacao_no_014-2024_-_ao_numero_de_ligacoes_de_agua_ativas_e_inativas_no_municipio_de_santa_cruz.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1176/requerimento_no_015-2024.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1182/requerimento_de_informacao_n_016-2024_-_valor_monetario_utilizado_nos_servicos_ocorridos_na_rua_jose_ferreira_de_medeiros.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1219/requerimento_no_017-2024.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1255/requerimento_no_018-2024.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1287/requerimento_no_019-2024.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/757/indicacao_no_001_2024.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/758/indicacao_no_002_2024.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/759/indicacao_no_003_2024.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/760/indicacao_no_004_2024.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/761/indicacao_no_005_2024.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/762/indicacao_no_006_2024.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/763/indicacao_no_007_2024..pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/765/indicacao_no_oo8_2024.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/766/indicacao_no_009_2024.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/767/indicacao_no_010_2024.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/769/indicacao_no_011_2024.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/770/indicacao_no_012_2024.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/772/indicacao_no_013_2024.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/773/indicacao_no_014_2024.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/775/indicacao_no_015_2024.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/776/indicacao_no_016_2024.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/777/indicacao_no_017_2024.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/778/indicacao_no_018_2024.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/779/indicacao_no_019_2024.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/780/indicacao_no_020_2024_.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/781/indicacao_no_021_2024_-_resolucao_para_homenagear_agricultores_do_nosso_municipio_com_a_comenda_jose_bezerra_sobrinho..pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/782/in3f3e1.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/795/023_-_2024_-__instalacao_de_academia_popular_-_maracuja.docx" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/787/indicacao_no_024_2024_-__recuperacao_nas_estradas_vicinais_das_comunidades_bonsucesso_riacho_salgado_e_cacaruaba..pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/789/indicacao_no_025_2024_-_a_realizacao_do_capeamento_asfaltico_da_sinalizacao_e_da_instalacao_e_da_instalacao_de_guard_-_rail_mo_trajeto_que_se_inicia_de_forma_transversal....pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/791/in47bb1.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/793/indicacao_no_027_2024.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/794/indicacao_no_028_2024.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/797/indicacao_no_029_2024.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/799/indicacao_no_030_2024.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/800/indicacao_no_031_2024.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/802/indicacao_no_032_2024.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/803/indicacao_no_033_2024.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/806/indicacao_no_034_2024.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/808/indicacao_no_035_2024.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/810/indicacao_no_036_2024.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/812/indicacao_no_037_2024.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/814/indicacao_no_039_2024.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/816/indicacao_no_039_2024.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/817/indicacao_no_040_2024.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/824/indicacao_no_041_2024.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/825/indicacao_no_042_2024.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/826/indicacao_no_043_2024.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/827/indicacao_no_044_2024.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/828/indicacao_no_045_2024.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/829/indicacao_no_046_2024.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/831/indicacao_no_048_2024.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/833/indicacao_no_049_2024.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/834/indicacao_no_050_2024.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/835/indicacao_no_051_2024.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/836/indicacao_no_052_2024.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/838/indicacao_no_053_2024.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/839/indicacao_no_054_2024.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/840/indicacao_no_055_2024.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/841/indicacao_no_056_2024.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/842/indicacao_no_057_2024.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/843/indicacao_no_058_2024.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/844/indicacao_no_059_2024.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/846/indicacao_no_060_2024.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/848/indicacao_no_061_2024.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/849/indicacao_no_062_2024.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/851/indicacao_no_063_2024.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/853/indicacao_no_064_2024.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/856/indicacao_no_065_2024.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/858/indicacao_no_067_2024.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/863/indicacao_no_068_2024.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/864/indicacao_no_069_2024.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/867/indicacao_no_070_2024.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/869/indicacao_no_071_2024.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/874/indicacao_no_072__2024.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/876/indicacao_no_073_2024.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/878/indicacao_no_074_2024.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/881/indicacao_no_075_2024_-_com_a_manutencao_e_ampliacao_das_cameras_de_seguranca_instaladas_em_alguns_locais_publicos_da_cidade_de_santa_cruz_rn.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/883/indicacao_no_076_2024_-_implantacao_de_dois_redutores_de_velocidade_na_avenida_trairi_entre_a_ria_professor_raimundo_nonato_e_a_avenida_joaquim_rogerio..pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/885/ind97c1.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/888/indicacao_no_078_2024_-_limpeza_do_corrego_localizado_na_rua_pedro_secverino_bezerra_nas_proximidades_da_ponte_do_bairro_paraiso..pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/891/indicacao_no_079_2024_-_realizacao_de_um_concurso_publico.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/892/indicacao_no_080_2024_-_alteracao_na_rua_jose_caminha_fiuza__bairro_centro_deixando-a_sentido_unico_mao_unica.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1052/093_-_2024_-_indicacao_-_limpeza_da_vegetacao_nativa_e_reestabelecimento_da_interligacao_da_rua_severino_xavier_a_rua_jose_manoel_campelo.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1053/094_-_2024_-_indicacao_elcio-_adote_medidas_com_vistas_a_melhorar_a_seguranca_publica_nas_proximidades_do_alto_de_santa_rita_cidade_de_santa_cruz-rn_1.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1061/095_-_2024_-_profissionais_cer.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1062/096_-_2024_-_padronizacao_numeracao_das_casas.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1063/097_-_2024_-_a_implantacao_de_uma_faixa_de_pedestres_elevada_na_avenida_lourenco_da_rocha.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1064/098_-_2024_-_a_implantacao_de_uma_faixa_de_pedestres_elevada_na_rua_aluizio_bezerra_nas_proximidades_da_escola_estadual_de_tempo_integral_cosme_ferreira_marques.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1065/099_-_2024_-_substituicao_de_nome_de_rua.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1149/104_-_2024_-_rede_de_esgoto_rua_basilio.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1150/105_-_2024_-.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1151/106_-_2024_-_nomear_rua_-_jose_andrier.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1155/107_-_2024_-_nomear_rua_jose_rodrigues_dias.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1161/indicacao_108_-_2024_-_acolhimento_sec_saude.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1164/109_-_2024_-_feitura_das_estradas_vicinais_das_comunidade_mangaga_de_cima_e_da_.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1165/110_-_2024_-__conserto_da_fachada_do_cemiterio_manoel_goncalo.docx.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1166/indicacao_no_111-2024_-_nomear_rua_-_lourival_maia.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1167/indicacao_no_112-2024_-_construcao_de_faixa_de_pedestre_elevada._1.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1172/indicacao_no_113-2024_-_nomear_rua.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1173/indicacao_no_114-2024_-_nomear_rua.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1174/indicacao_115-2024.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1178/indicacao_no_0116-2024_-_03.09_-_luciclaudio.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1180/indicacao_n_117_-_2024.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1181/indicacao_elcio_pontes-__com_a_implantacao_de_um_semaforo_ou_faixas_de_pedestres_elevadas_no_cruzamento_da_avenida_hugo_tavares_com_a_rua_joaquim_rogerio.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1185/indicacao_n_119-2024_-_luciclaudio.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1186/indicacao_no_120-2024_-_luciclaudio.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1191/indicacao_no121.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1192/indicacao_no_122_-_elcio_pontes.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1196/indicacao_no_123-2024_-_limpeza_na_feira_dos_caprinos.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1199/indicacao_no_124-2024_-_luciclaudio.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1200/indicacao_no_125-2024_-_elcio.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1202/indicacao_no_126-2024.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1203/indicacao_no_127-2024.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1204/indicacao_no_128-2024.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1205/indicacao_no_129-2024.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1206/indicacao_no_130-2024.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1207/indicacao_no_131-2024.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1209/indicacao_no_133-2024.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1210/indicacao_no_134-2024.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1211/indicacao_no_135-2024.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1213/indicacao_136-2024.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1214/indicacao_no_137-2024.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1216/indicacao_no_138-2024.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1217/indicacao_no_139-2024.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1218/indicacao__no_140-2024.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1227/indicacao_no_141-2024.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1228/indicacao_no_142-2024.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1229/indicacao_no_143-2024.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1237/indicacao_no_144-2024.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1238/indicacao_no_145-2024_-_lombada.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1239/indicacao_146-2024-_reparos_no_muro_ct.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1244/indicacao_no_147-2024.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1245/indicacao_no_148-2024.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1251/indicacao_no_149-2024.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1252/indicacao_no_150-2024.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1253/indicacao_no_151-2024.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1254/indicacao_no_152-2024.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1281/indicacao_no_154-2024.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1282/indicacao_no_155-2024.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1283/indicacao_no_156-2024.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1054/mocao_de_aplausos_-_mr_seguranca.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1066/mocao_de_aplausos_no_05_-_paulo_cesar_araujo.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1067/mocao_de_aplausos_no_006_-_paulo_cesar_araujo.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1168/mocao_de_aplausos_no_019-2024.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1226/mocao_de_aplausos_no_020-2024.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1246/mocao_de_aplausos_no_021-2024_-_jose_nicolau_de_medeiros.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1256/no_022-2024_-_professor_ricardo_targino_-_erivan_justino.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/928/mocao_de_pesar_-_erivan_justino.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/925/mocao_de_pesar_-_erivan_justino..pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/934/mocao_de_pesar_-_marco_celito_da_costa.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/915/mocao_de_pesar_-_elcio_pontes.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/918/mocao_-_marco_celito_da_costa.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1152/mocao_de_pesar_-_prof._jose_da_luz.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1153/mocao_de_pesar_18_-__beto_do_vale.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1162/mocao_de_pesar_019.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1163/mocao_de_pesar_020_-_2024_-_jose_eribaldo.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1169/mocao_de_pesar_no_021-2024__-_francisco_araujo_da_costa.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1179/mocao_de_pesar_03.09.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1190/moaao_de_pesar_17.09.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1197/mocao_de_pesar_no_025-2024.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1201/mocao_de_pesar_no_026-2024_-_luciclaudio.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1230/mocao_de_pesar_no_027-2024.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1236/mocao_de_pesar_no_028-2024_-_marco_celito.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1247/mocao_de_pesar_no_029-2024_-_vinicio_holanda.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1289/emenda_001_-_reducao_da_suplementacao_para_5.docx" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1290/emenda_remanejamento_002_-_100_mil_para_agricultura.docx" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1292/emenda_remanejamento_004_-_180_mil_para_agricultura_-_parque_de_vaquejadas.docx" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1293/emenda_remanejamento_005_-_500_mil_para_agricultura.docx" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1294/emenda_remanejamento_006_-_210_mil_para_agricultura.docx" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1295/emenda_remanejamento_007_-_400_mil_para_programa_caixa_dagua_1.docx" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1296/emenda_remanejamento_008_-_800_mil_para_hidrometros_-_saae.docx" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1297/emenda_remanejamento_009_-_2000_mihoes_para_melhoria_do_sistema_-_saae.docx" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1012/no_001_parecer_do_projeto_de_lei_002-2024__legislacao..pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1000/no_002_parecer_do_projeto_de_lei_municipal_002-2024__legislacao.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1002/no_003_parecer_do_projeto_de_lei_municipal_003-2024__legislacao.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1004/no_004_parecer_do_projeto_de_lei_municipal_004-2024__legislacao.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1006/no_005_parecer_do_projeto_de_lei_003-2024__legislacao..pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1013/no_006_parecer_do_projeto_de_lei_008-2024_legislacao..pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1014/no_007_parecer_do_projeto_de_decreto_001-2024_-_marco_celito_-_legislacao.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1017/no_008_parecer_do_projeto_de_decreto_002-2024_-_rodolfo_bezerril_-_legislacao.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1018/no_009_parecer_do_projeto_de_decreto_003-2024_-_talita_marielle_-_legislacao.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1019/no_010_parecer_do_projeto_de_decreto_004-2024_-_fabio_dias_-_legislacao.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1020/no_011_parecer_do_projeto_de_resolucao_002-2024_-_legislacao.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1021/no_012_parecer_do_projeto_de_lei_006-2024__legislacao..pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1022/no_013_parecer_do_projeto_de_lei_municipal_005-2024__legislacao.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1023/no_014_parecer_do_projeto_de_lei_municipal_006-2024__legislacao.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1024/no_015_parecer_do_projeto_de_lei_municipal_007-2024__legislacao.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1025/no_016_parecer_do_projeto_de_decreto_005-2024_-erivan_justino_-_legislacao.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1027/no_017_parecer_do_projeto_de_decreto_006-2024_-rodolfo_bezerril_-_legislacao.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1028/no_018_parecer_do_projeto_de_decreto_007-2024_-luciclaudio_bezerra_-_legislacao.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1029/no_019_parecer_do_projeto_de_decreto_008-2024_-talita_marielle-_legislacao.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1030/no_020_parecer_do_projeto_de_lei_011-2024_legislacao..pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1031/no_021_parecer_do_projeto_de_lei_municipal_009-2024__legislacao.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1032/no_022_parecer_do_projeto_de_decreto_009-2024_-erivan_justino-_legislacao.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1033/no_023_parecer_do_projeto_de_decreto_010-2024_-talita_marielle-_legislacao.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1037/no_024_parecer_do_projeto_de_decreto_011-2024_-paulo_cesar-_legislacao.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1038/no_025_parecer_do_projeto_de_decreto_012-2024_-elcio_pontes-_legislacao.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1039/no_026_parecer_do_projeto_de_decreto_013-2024_-erivan_justino-_legislacao.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1040/no_027_parecer_do_projeto_de_lei_014-2024_legislacao..pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1041/no_028_parecer_do_projeto_de_lei_015-2024_legislacao..pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1049/no_029_parecer_do_projeto_de_lei_016-2024_legislacao..pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1068/no_030_parecer_do_projeto_de_decreto_014-2024_-paulo_cesar-_legislacao.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1069/no_031_parecer_do_projeto_de_decreto_015-2024_-paulo_cesar-_legislacao.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1070/no_032_parecer_do_projeto_de_decreto_016-2024_-marco_celito-_legislacao.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1071/no_033_parecer_do_projeto_de_decreto_017-2024_-fabio_dias-_legislacao.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1072/no_034_parecer_do_projeto_de_decreto_018-2024_-_luciclaudio-_legislacao.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1073/no_035_parecer_do_projeto_de_decreto_019-2024_-_rodolfo-_legislacao.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1074/no_036_parecer_do_projeto_de_lei_complementar_municipal_003-2024__legislacao.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1075/no_037_parecer_do_projeto_de_lei_complementar_municipal_004-2024__legislacao.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1076/no_038_parecer_do_projeto_de_lei_municipal_012-2024__legislacao.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1077/no_039_parecer_do_projeto_de_lei_municipal_011-2024_legislacao.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1078/no_040_parecer_do_projeto_de_lei_017-2024_legislacao.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1081/no_041_parecer_do_projeto_de_decreto_020-2024_legislacao.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1082/no_042_parecer_do_projeto_de_decreto_021-2024_legislacao.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1083/no_043_parecer_do_projeto_de_decreto_022-2024_legislacao.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1084/no_044_parecer_do_projeto_de_lei_municipal_008-2024_legislacao.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1145/no_045_parecer_do_projeto_de_decreto_023-2024_legislacao.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1146/no_046_parecer_do_projeto_de_decreto_024-2024_legislacao.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1147/no_047_parecer_do_projeto_de_decreto_025-2024_legislacao.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1160/parecer_no_048_do_projeto_de_lei_019-2024_legislacao..pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1188/no_049_parecer_do_projeto_de_lei_020-2024_legislacao..pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1189/no_050_parecer_do_projeto_de_decreto_026-2024_legislacao..pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1223/no_051_parecer_do_projeto_de_decreto_026-2024_legislacao..pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1224/no_052_parecer_do_projeto_de_lei_021-2024_legislacao..pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1231/no_053_parecer_do_projeto_de_decreto_031-2024_legislacao..pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1232/no_054_parecer_do_projeto_de_lei_022-2024_legislacao..pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1233/no_055_parecer_do_projeto_de_lei_024-2024_legislacao..pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1242/no_056_parecer_do_projeto_de_lei_025-2024_legislacao..pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1258/no_057_parecer_do_projeto_de_lei_026-2024_legislacao..pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1259/no_058_parecer_do_projeto_de_lei_027-2024_legislacao..pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1260/no_059_parecer_do_projeto_de_lei_027-2024_legislacao..pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1261/no_060_parecer_do_projeto_de_lei_010-2024_legislacao..pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1262/no_061_parecer_do_projeto_de_lei_004-2024_legislacao..pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1263/arquivamento_no_062_parecer_do_projeto_de_lei_005-2024_legislacao..pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1264/arquivamento_no_063_parecer_do_projeto_de_lei_007-2024_legislacao..pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1265/arquivamento_no_064_parecer_do_projeto_de_lei_009-2024_legislacao..pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1266/arquivamento_no_064_parecer_do_projeto_de_lei_009-2024_legislacao..pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1267/arquivamento_no_066_parecer_do_projeto_de_lei_013-2024_legislacao..pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1268/no_067_parecer_do_projeto_de_decreto_027-2024_legislacao..pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1269/no_068_parecer_do_projeto_de_decreto_028-2024_legislacao..pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1270/no_069_parecer_do_projeto_de_decreto_029-2024_legislacao..pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1271/no_070_parecer_do_projeto_de_decreto_030-2024_legislacao..pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1272/no_071_parecer_do_projeto_de_lei_municipal_021-2024_legislacao.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1275/no_072_parecer_do_projeto_de_decreto_032-2024_legislacao..pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1276/no_073_parecer_do_projeto_de_lei_028-2024_legislacao..pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1285/no_074_parecer_do_projeto_de_decreto_033-2024_legislacao..pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1286/no_075_parecer_do_projeto_de_decreto_034-2024_legislacao..pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/999/no_001_-_parecer_oral_do_projeto_de_lei_municipal_no_002-2024_-_comissao_de_financas.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1001/no_002_parecer_oral_do_projeto_de_lei_municipal_no_003-2024_-_comissao_de_financas.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1003/no_003_parecer_do_projeto_de_lei_municipal_004-2024_-_financas.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1005/no_004_parecer_do_projeto_de_lei_municipal_005-2024_-_financas.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1007/no_005_-_parecer_do_projeto_de_lei_municipal_006-2024_-_financas.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1015/no_006_-_parecer_do_projeto_de_lei_municipal_007-2024_-_financas.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1016/no_007_-_parecer_do_projeto_de_lei_complementar_municipal_003-2024_-_financas.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1026/no_008_-_parecer_do_projeto_de_lei_municipal_008-2024_-_financas.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1034/no_009_-_parecer_do_projeto_de_lei_municipal_011-2024_-_financas.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1035/no_010_-_parecer_do_projeto_de_lei_017-2024_-_financas.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1280/parecer_no_012_do_projeto_de_lei_municipal_021-2024_financas.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1128/no_001_-_parecer_oral_do_pl_009-2024_-_executivo_-_comissao_de_saude_educacao_assistencia_social_e_defesa_do_consumidor.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1129/no_002_-_parecer_oral_do_pl_complementar_004-2024_-_executivo_-_comissao_de_saude_educacao_assistencia_social_e_defesa_do_consumidor.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1136/no_001_parecer_do_pl_complementar_no_003-2024.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1137/no_002_parecer_do_pl_municipal_no_012-2024.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1310/parecer_no_003_dos_projetos_de_lei_municipal_026-027-028-2024_planejamento_urbano.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1085/parecer_conjunto_no_001_do_projeto_de_resolucao_001-2024_conjunto_legislacao_e_financas.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1086/parecer_conjunto_no_002_do_projeto_de_lei_001-2024_conjunto_legislacao_e_financas.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1087/parecer_conjunto_no_003_do_projeto_de_lei_municipal_001-2024_conjunto_legislacao_e_financas.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1088/parecer_conjunto_no_004_do_projeto_de_lei_municipal_complementar_001-2024_conjunto_legislacao_e_financas.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1089/parecer_conjunto_no_005_do_projeto_de_lei_municipal_complementar_002-2024_conjunto_legislacao_e_financas.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1156/parecer_conjunto_no_6_do_projeto_de_lei_municipal_013-2024_legislacao_e_financas.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1157/parecer_conjunto_no_7_do_projeto_de_lei_municipal_016-2024_legislacao_e_financas.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1158/parecer_conjunto_no_8_do_projeto_de_lei_municipal_017-2024_legislacao_e_financas.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1159/parecer_conjunto_no_9_do_projeto_de_lei_municipal_018-2024_legislacao_e_financas.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1241/parecer_conjunto_no_010_do_projeto_de_lei_municipal_020-2024_legislacao_financas_e_educacao..pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1298/parecer_conjunto_no_011_do_projeto_de_lei_municipal_019-2024_financas_e_legislacao..pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1309/parecer_conjunto_no_012_dos_projetos_de_lei_municipal_023-024-025-026-027-028-2024_financas_e_legislacao..pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1243/parecer__no_001_da_proposta_de_emenda_001-2024_comissao_especial.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1215/001_-_2024_-_proposta_de_emenda_a_lei_organica.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1090/projeto_de_lei_complementar_n_001-2024.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1091/projeto_de_lei_complementar_n_002-2024.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1045/projeto_de_lei_complementar_no_003-2024_-_isencao_de_tributos_-_calcadao_ivanildo.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1044/projeto_de_lei_complementar_no_004-2024_-_diretor_e_vice_de_escolas.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1092/projeto_de_lei_municipal_n_001-2024.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1103/pl_municipal_n_002-2024.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1102/pl_municipal_n_003-2024.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1101/pl_municipal_n_004-2024.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1100/pl_municipal_n_005-2024.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1097/pl_municipal_n_006-2024.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1095/pl_municipal_n_007-2024.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1057/projeto_de_lei_municipal_008-2024.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1094/pl_municipal_n_009-2024.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1042/projeto_de_lei_municipal_n_011-2024.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1043/projeto_de_lei_no_012-2024_-_denomina_calcadao_ivanildo.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1141/pl_municipal_01324.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1142/pl_municipal_01624.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1143/pl_municipal_01724.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1144/pl_municipal_01824.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1184/projeto_de_lei_019-2024_-_loa_2025_final.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1235/projeto_de_lei_municipal_no_020-2024.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1248/projeto_de_lei_municipal_021-2024.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1284/projeto_de_lei_no_022-2024_-_criacao_de_unidade_escolar_-_cmei_maria_celestina.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1303/pl_023-2024.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1304/pl_024-2024.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1305/pl_025-2024.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1306/pl_026-2024.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1307/pl_027-2024.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1308/pl_028-2024.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/731/pjl_no_002-2024.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/733/pjl_no_003-2024.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/737/pjl_no_004-2024_0001.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/739/pjl_no_006-2024.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/741/pl_no_010-25.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/742/pjl_no_011-2024.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/743/pjl_no_014-2024.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1148/projeto_de_lei_no_019_-_2024__-_pl_da_logotipo_da_camara_de_santa_cruz_-_rn.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1183/pl_020-2024_-_transferencia_de_bens_em_desuso.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1212/pdl_021-2024.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1220/pl_022-2024.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1221/pl_023-2024.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1222/pl_024-2024.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1234/pl_025-2024.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1249/projeto_de_lei_no_026-2024_-_fabio_dias.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1250/projeto_de_lei_no_027-2024_-_fabio_dias.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/972/projeto_de_decreto_legislativo_no_001_2024_-_concede_o_titulo_de_cidadao_santa-cruzsense_ao_senhor_jaime_ramos_silva..pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/978/projeto_de_decreto_legislativo_no_concede_ao_bacharel_em_direito_joao_paulo_pereira_de_oliveira_o_titulo_de_cidadao_santacruzense_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/974/projeto_de_decreto_legislativo_no_007_2024_-_concede_o_titulo_de_cidadao_santacruzense_a_sra_maria_das_gracas_batista_da_costa.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/975/projeto_de_decreto_legislativo_no_008_2024_-_concede_o_titulo_de_cidadao_santa-cruzense_ao_senhor_frei_jean_alves_de_lima.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/976/projet1.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/977/projeto_de_decreto_legislativo_no_010_2024_-_concede_o_titulo_de_idadao_santa-cruzense_ao_senhor_felipe_freitas..pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1055/018_-_2024_-_maria_goreti.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1056/019_-_2024_-_medalha_bene_fabio_costa_de_farias.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1058/020_-_2024_-_concede_a_comenda_professora_maroquinha_a_senhora_miriam_estevam_de_freitas..pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1059/021_-_2024_-_valdo_teodosio.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1060/022_-_2024_-_concede_a_comenda_professora_maroquinha_ao_senhor_francisco_assis_dantas.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1177/projeto_de_decreto_no_026-2024_-_talita_marielle.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1193/projeto_de_decreto_no_027-2024_-_josemar.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1194/projeto_de_decreto_no_028-2024_-_josemar.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1195/projeto_de_decreto_no_029-2024_-_josemar.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1198/projeto_de_decreto_no_030-2024_-_josemar.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1257/pl_decreto_legislativo_no_032-2024.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1277/pl_decreto_no_033-2024.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1278/projeto_de_decreto_no_034-2024.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1279/projeto_de_decreto_no_035-2024.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/945/projeto_de_resolucao_no_001_2024_-_disciplina_a_contratacao....pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/946/projeto_de_resolucao_no_002_2024_-_cria_a_procuradoria_da_mulher_na_camara_municipal_de_santa_cruz_rn_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1300/projeto_de_resolucao_no_004-2024.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/716/requerimento_no_001_2024_-_reitera_requerimento_solicitando_da_gestao_municipal_providencias_para_a_instalac.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/718/requerimento_no_002_2024_-_.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/719/requerimento_no_003_2024_-_.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/721/requerimento_no_004_2024_-_.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/722/requerimento_no_005_2024_-_.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/726/requerimento_no_006_2024_-_.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/727/requerimento_no_007_2024_-_requer_do_poder_executivo_municipal_que_seja_procedido_com_urgencia_com_a_pavimentacao_a_paralelepipedo_da_rua_maria_socorro_danras_brandao_no_bairro_maracuja..pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/729/requerimento_no_008_2024_-_requer_do_poder_executivo_municipal_que_seja_impantado_em_nosso_municipio_o_programa_de_capacitacao_e_geracao_de_renda..pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1050/011_-_2024_-_requerimento.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1051/012_-_2024_-_requerimento_2.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1170/requerimento_de_informacao_no_013-2024_-_ao_numero_de_emendas_recebidas_pelo_municipio_de_santa_cruz.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1171/requerimento_de_informacao_no_014-2024_-_ao_numero_de_ligacoes_de_agua_ativas_e_inativas_no_municipio_de_santa_cruz.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1176/requerimento_no_015-2024.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1182/requerimento_de_informacao_n_016-2024_-_valor_monetario_utilizado_nos_servicos_ocorridos_na_rua_jose_ferreira_de_medeiros.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1219/requerimento_no_017-2024.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1255/requerimento_no_018-2024.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1287/requerimento_no_019-2024.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/757/indicacao_no_001_2024.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/758/indicacao_no_002_2024.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/759/indicacao_no_003_2024.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/760/indicacao_no_004_2024.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/761/indicacao_no_005_2024.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/762/indicacao_no_006_2024.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/763/indicacao_no_007_2024..pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/765/indicacao_no_oo8_2024.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/766/indicacao_no_009_2024.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/767/indicacao_no_010_2024.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/769/indicacao_no_011_2024.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/770/indicacao_no_012_2024.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/772/indicacao_no_013_2024.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/773/indicacao_no_014_2024.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/775/indicacao_no_015_2024.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/776/indicacao_no_016_2024.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/777/indicacao_no_017_2024.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/778/indicacao_no_018_2024.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/779/indicacao_no_019_2024.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/780/indicacao_no_020_2024_.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/781/indicacao_no_021_2024_-_resolucao_para_homenagear_agricultores_do_nosso_municipio_com_a_comenda_jose_bezerra_sobrinho..pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/782/in3f3e1.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/795/023_-_2024_-__instalacao_de_academia_popular_-_maracuja.docx" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/787/indicacao_no_024_2024_-__recuperacao_nas_estradas_vicinais_das_comunidades_bonsucesso_riacho_salgado_e_cacaruaba..pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/789/indicacao_no_025_2024_-_a_realizacao_do_capeamento_asfaltico_da_sinalizacao_e_da_instalacao_e_da_instalacao_de_guard_-_rail_mo_trajeto_que_se_inicia_de_forma_transversal....pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/791/in47bb1.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/793/indicacao_no_027_2024.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/794/indicacao_no_028_2024.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/797/indicacao_no_029_2024.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/799/indicacao_no_030_2024.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/800/indicacao_no_031_2024.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/802/indicacao_no_032_2024.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/803/indicacao_no_033_2024.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/806/indicacao_no_034_2024.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/808/indicacao_no_035_2024.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/810/indicacao_no_036_2024.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/812/indicacao_no_037_2024.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/814/indicacao_no_039_2024.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/816/indicacao_no_039_2024.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/817/indicacao_no_040_2024.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/824/indicacao_no_041_2024.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/825/indicacao_no_042_2024.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/826/indicacao_no_043_2024.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/827/indicacao_no_044_2024.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/828/indicacao_no_045_2024.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/829/indicacao_no_046_2024.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/831/indicacao_no_048_2024.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/833/indicacao_no_049_2024.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/834/indicacao_no_050_2024.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/835/indicacao_no_051_2024.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/836/indicacao_no_052_2024.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/838/indicacao_no_053_2024.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/839/indicacao_no_054_2024.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/840/indicacao_no_055_2024.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/841/indicacao_no_056_2024.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/842/indicacao_no_057_2024.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/843/indicacao_no_058_2024.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/844/indicacao_no_059_2024.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/846/indicacao_no_060_2024.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/848/indicacao_no_061_2024.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/849/indicacao_no_062_2024.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/851/indicacao_no_063_2024.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/853/indicacao_no_064_2024.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/856/indicacao_no_065_2024.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/858/indicacao_no_067_2024.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/863/indicacao_no_068_2024.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/864/indicacao_no_069_2024.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/867/indicacao_no_070_2024.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/869/indicacao_no_071_2024.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/874/indicacao_no_072__2024.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/876/indicacao_no_073_2024.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/878/indicacao_no_074_2024.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/881/indicacao_no_075_2024_-_com_a_manutencao_e_ampliacao_das_cameras_de_seguranca_instaladas_em_alguns_locais_publicos_da_cidade_de_santa_cruz_rn.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/883/indicacao_no_076_2024_-_implantacao_de_dois_redutores_de_velocidade_na_avenida_trairi_entre_a_ria_professor_raimundo_nonato_e_a_avenida_joaquim_rogerio..pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/885/ind97c1.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/888/indicacao_no_078_2024_-_limpeza_do_corrego_localizado_na_rua_pedro_secverino_bezerra_nas_proximidades_da_ponte_do_bairro_paraiso..pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/891/indicacao_no_079_2024_-_realizacao_de_um_concurso_publico.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/892/indicacao_no_080_2024_-_alteracao_na_rua_jose_caminha_fiuza__bairro_centro_deixando-a_sentido_unico_mao_unica.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1052/093_-_2024_-_indicacao_-_limpeza_da_vegetacao_nativa_e_reestabelecimento_da_interligacao_da_rua_severino_xavier_a_rua_jose_manoel_campelo.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1053/094_-_2024_-_indicacao_elcio-_adote_medidas_com_vistas_a_melhorar_a_seguranca_publica_nas_proximidades_do_alto_de_santa_rita_cidade_de_santa_cruz-rn_1.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1061/095_-_2024_-_profissionais_cer.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1062/096_-_2024_-_padronizacao_numeracao_das_casas.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1063/097_-_2024_-_a_implantacao_de_uma_faixa_de_pedestres_elevada_na_avenida_lourenco_da_rocha.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1064/098_-_2024_-_a_implantacao_de_uma_faixa_de_pedestres_elevada_na_rua_aluizio_bezerra_nas_proximidades_da_escola_estadual_de_tempo_integral_cosme_ferreira_marques.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1065/099_-_2024_-_substituicao_de_nome_de_rua.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1149/104_-_2024_-_rede_de_esgoto_rua_basilio.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1150/105_-_2024_-.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1151/106_-_2024_-_nomear_rua_-_jose_andrier.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1155/107_-_2024_-_nomear_rua_jose_rodrigues_dias.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1161/indicacao_108_-_2024_-_acolhimento_sec_saude.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1164/109_-_2024_-_feitura_das_estradas_vicinais_das_comunidade_mangaga_de_cima_e_da_.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1165/110_-_2024_-__conserto_da_fachada_do_cemiterio_manoel_goncalo.docx.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1166/indicacao_no_111-2024_-_nomear_rua_-_lourival_maia.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1167/indicacao_no_112-2024_-_construcao_de_faixa_de_pedestre_elevada._1.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1172/indicacao_no_113-2024_-_nomear_rua.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1173/indicacao_no_114-2024_-_nomear_rua.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1174/indicacao_115-2024.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1178/indicacao_no_0116-2024_-_03.09_-_luciclaudio.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1180/indicacao_n_117_-_2024.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1181/indicacao_elcio_pontes-__com_a_implantacao_de_um_semaforo_ou_faixas_de_pedestres_elevadas_no_cruzamento_da_avenida_hugo_tavares_com_a_rua_joaquim_rogerio.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1185/indicacao_n_119-2024_-_luciclaudio.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1186/indicacao_no_120-2024_-_luciclaudio.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1191/indicacao_no121.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1192/indicacao_no_122_-_elcio_pontes.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1196/indicacao_no_123-2024_-_limpeza_na_feira_dos_caprinos.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1199/indicacao_no_124-2024_-_luciclaudio.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1200/indicacao_no_125-2024_-_elcio.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1202/indicacao_no_126-2024.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1203/indicacao_no_127-2024.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1204/indicacao_no_128-2024.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1205/indicacao_no_129-2024.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1206/indicacao_no_130-2024.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1207/indicacao_no_131-2024.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1209/indicacao_no_133-2024.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1210/indicacao_no_134-2024.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1211/indicacao_no_135-2024.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1213/indicacao_136-2024.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1214/indicacao_no_137-2024.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1216/indicacao_no_138-2024.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1217/indicacao_no_139-2024.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1218/indicacao__no_140-2024.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1227/indicacao_no_141-2024.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1228/indicacao_no_142-2024.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1229/indicacao_no_143-2024.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1237/indicacao_no_144-2024.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1238/indicacao_no_145-2024_-_lombada.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1239/indicacao_146-2024-_reparos_no_muro_ct.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1244/indicacao_no_147-2024.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1245/indicacao_no_148-2024.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1251/indicacao_no_149-2024.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1252/indicacao_no_150-2024.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1253/indicacao_no_151-2024.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1254/indicacao_no_152-2024.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1281/indicacao_no_154-2024.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1282/indicacao_no_155-2024.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1283/indicacao_no_156-2024.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1054/mocao_de_aplausos_-_mr_seguranca.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1066/mocao_de_aplausos_no_05_-_paulo_cesar_araujo.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1067/mocao_de_aplausos_no_006_-_paulo_cesar_araujo.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1168/mocao_de_aplausos_no_019-2024.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1226/mocao_de_aplausos_no_020-2024.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1246/mocao_de_aplausos_no_021-2024_-_jose_nicolau_de_medeiros.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1256/no_022-2024_-_professor_ricardo_targino_-_erivan_justino.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/928/mocao_de_pesar_-_erivan_justino.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/925/mocao_de_pesar_-_erivan_justino..pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/934/mocao_de_pesar_-_marco_celito_da_costa.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/915/mocao_de_pesar_-_elcio_pontes.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/918/mocao_-_marco_celito_da_costa.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1152/mocao_de_pesar_-_prof._jose_da_luz.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1153/mocao_de_pesar_18_-__beto_do_vale.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1162/mocao_de_pesar_019.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1163/mocao_de_pesar_020_-_2024_-_jose_eribaldo.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1169/mocao_de_pesar_no_021-2024__-_francisco_araujo_da_costa.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1179/mocao_de_pesar_03.09.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1190/moaao_de_pesar_17.09.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1197/mocao_de_pesar_no_025-2024.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1201/mocao_de_pesar_no_026-2024_-_luciclaudio.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1230/mocao_de_pesar_no_027-2024.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1236/mocao_de_pesar_no_028-2024_-_marco_celito.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1247/mocao_de_pesar_no_029-2024_-_vinicio_holanda.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1289/emenda_001_-_reducao_da_suplementacao_para_5.docx" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1290/emenda_remanejamento_002_-_100_mil_para_agricultura.docx" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1292/emenda_remanejamento_004_-_180_mil_para_agricultura_-_parque_de_vaquejadas.docx" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1293/emenda_remanejamento_005_-_500_mil_para_agricultura.docx" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1294/emenda_remanejamento_006_-_210_mil_para_agricultura.docx" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1295/emenda_remanejamento_007_-_400_mil_para_programa_caixa_dagua_1.docx" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1296/emenda_remanejamento_008_-_800_mil_para_hidrometros_-_saae.docx" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1297/emenda_remanejamento_009_-_2000_mihoes_para_melhoria_do_sistema_-_saae.docx" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1012/no_001_parecer_do_projeto_de_lei_002-2024__legislacao..pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1000/no_002_parecer_do_projeto_de_lei_municipal_002-2024__legislacao.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1002/no_003_parecer_do_projeto_de_lei_municipal_003-2024__legislacao.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1004/no_004_parecer_do_projeto_de_lei_municipal_004-2024__legislacao.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1006/no_005_parecer_do_projeto_de_lei_003-2024__legislacao..pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1013/no_006_parecer_do_projeto_de_lei_008-2024_legislacao..pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1014/no_007_parecer_do_projeto_de_decreto_001-2024_-_marco_celito_-_legislacao.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1017/no_008_parecer_do_projeto_de_decreto_002-2024_-_rodolfo_bezerril_-_legislacao.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1018/no_009_parecer_do_projeto_de_decreto_003-2024_-_talita_marielle_-_legislacao.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1019/no_010_parecer_do_projeto_de_decreto_004-2024_-_fabio_dias_-_legislacao.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1020/no_011_parecer_do_projeto_de_resolucao_002-2024_-_legislacao.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1021/no_012_parecer_do_projeto_de_lei_006-2024__legislacao..pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1022/no_013_parecer_do_projeto_de_lei_municipal_005-2024__legislacao.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1023/no_014_parecer_do_projeto_de_lei_municipal_006-2024__legislacao.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1024/no_015_parecer_do_projeto_de_lei_municipal_007-2024__legislacao.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1025/no_016_parecer_do_projeto_de_decreto_005-2024_-erivan_justino_-_legislacao.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1027/no_017_parecer_do_projeto_de_decreto_006-2024_-rodolfo_bezerril_-_legislacao.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1028/no_018_parecer_do_projeto_de_decreto_007-2024_-luciclaudio_bezerra_-_legislacao.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1029/no_019_parecer_do_projeto_de_decreto_008-2024_-talita_marielle-_legislacao.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1030/no_020_parecer_do_projeto_de_lei_011-2024_legislacao..pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1031/no_021_parecer_do_projeto_de_lei_municipal_009-2024__legislacao.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1032/no_022_parecer_do_projeto_de_decreto_009-2024_-erivan_justino-_legislacao.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1033/no_023_parecer_do_projeto_de_decreto_010-2024_-talita_marielle-_legislacao.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1037/no_024_parecer_do_projeto_de_decreto_011-2024_-paulo_cesar-_legislacao.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1038/no_025_parecer_do_projeto_de_decreto_012-2024_-elcio_pontes-_legislacao.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1039/no_026_parecer_do_projeto_de_decreto_013-2024_-erivan_justino-_legislacao.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1040/no_027_parecer_do_projeto_de_lei_014-2024_legislacao..pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1041/no_028_parecer_do_projeto_de_lei_015-2024_legislacao..pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1049/no_029_parecer_do_projeto_de_lei_016-2024_legislacao..pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1068/no_030_parecer_do_projeto_de_decreto_014-2024_-paulo_cesar-_legislacao.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1069/no_031_parecer_do_projeto_de_decreto_015-2024_-paulo_cesar-_legislacao.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1070/no_032_parecer_do_projeto_de_decreto_016-2024_-marco_celito-_legislacao.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1071/no_033_parecer_do_projeto_de_decreto_017-2024_-fabio_dias-_legislacao.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1072/no_034_parecer_do_projeto_de_decreto_018-2024_-_luciclaudio-_legislacao.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1073/no_035_parecer_do_projeto_de_decreto_019-2024_-_rodolfo-_legislacao.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1074/no_036_parecer_do_projeto_de_lei_complementar_municipal_003-2024__legislacao.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1075/no_037_parecer_do_projeto_de_lei_complementar_municipal_004-2024__legislacao.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1076/no_038_parecer_do_projeto_de_lei_municipal_012-2024__legislacao.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1077/no_039_parecer_do_projeto_de_lei_municipal_011-2024_legislacao.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1078/no_040_parecer_do_projeto_de_lei_017-2024_legislacao.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1081/no_041_parecer_do_projeto_de_decreto_020-2024_legislacao.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1082/no_042_parecer_do_projeto_de_decreto_021-2024_legislacao.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1083/no_043_parecer_do_projeto_de_decreto_022-2024_legislacao.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1084/no_044_parecer_do_projeto_de_lei_municipal_008-2024_legislacao.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1145/no_045_parecer_do_projeto_de_decreto_023-2024_legislacao.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1146/no_046_parecer_do_projeto_de_decreto_024-2024_legislacao.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1147/no_047_parecer_do_projeto_de_decreto_025-2024_legislacao.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1160/parecer_no_048_do_projeto_de_lei_019-2024_legislacao..pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1188/no_049_parecer_do_projeto_de_lei_020-2024_legislacao..pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1189/no_050_parecer_do_projeto_de_decreto_026-2024_legislacao..pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1223/no_051_parecer_do_projeto_de_decreto_026-2024_legislacao..pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1224/no_052_parecer_do_projeto_de_lei_021-2024_legislacao..pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1231/no_053_parecer_do_projeto_de_decreto_031-2024_legislacao..pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1232/no_054_parecer_do_projeto_de_lei_022-2024_legislacao..pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1233/no_055_parecer_do_projeto_de_lei_024-2024_legislacao..pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1242/no_056_parecer_do_projeto_de_lei_025-2024_legislacao..pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1258/no_057_parecer_do_projeto_de_lei_026-2024_legislacao..pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1259/no_058_parecer_do_projeto_de_lei_027-2024_legislacao..pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1260/no_059_parecer_do_projeto_de_lei_027-2024_legislacao..pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1261/no_060_parecer_do_projeto_de_lei_010-2024_legislacao..pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1262/no_061_parecer_do_projeto_de_lei_004-2024_legislacao..pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1263/arquivamento_no_062_parecer_do_projeto_de_lei_005-2024_legislacao..pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1264/arquivamento_no_063_parecer_do_projeto_de_lei_007-2024_legislacao..pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1265/arquivamento_no_064_parecer_do_projeto_de_lei_009-2024_legislacao..pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1266/arquivamento_no_064_parecer_do_projeto_de_lei_009-2024_legislacao..pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1267/arquivamento_no_066_parecer_do_projeto_de_lei_013-2024_legislacao..pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1268/no_067_parecer_do_projeto_de_decreto_027-2024_legislacao..pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1269/no_068_parecer_do_projeto_de_decreto_028-2024_legislacao..pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1270/no_069_parecer_do_projeto_de_decreto_029-2024_legislacao..pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1271/no_070_parecer_do_projeto_de_decreto_030-2024_legislacao..pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1272/no_071_parecer_do_projeto_de_lei_municipal_021-2024_legislacao.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1275/no_072_parecer_do_projeto_de_decreto_032-2024_legislacao..pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1276/no_073_parecer_do_projeto_de_lei_028-2024_legislacao..pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1285/no_074_parecer_do_projeto_de_decreto_033-2024_legislacao..pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1286/no_075_parecer_do_projeto_de_decreto_034-2024_legislacao..pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/999/no_001_-_parecer_oral_do_projeto_de_lei_municipal_no_002-2024_-_comissao_de_financas.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1001/no_002_parecer_oral_do_projeto_de_lei_municipal_no_003-2024_-_comissao_de_financas.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1003/no_003_parecer_do_projeto_de_lei_municipal_004-2024_-_financas.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1005/no_004_parecer_do_projeto_de_lei_municipal_005-2024_-_financas.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1007/no_005_-_parecer_do_projeto_de_lei_municipal_006-2024_-_financas.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1015/no_006_-_parecer_do_projeto_de_lei_municipal_007-2024_-_financas.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1016/no_007_-_parecer_do_projeto_de_lei_complementar_municipal_003-2024_-_financas.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1026/no_008_-_parecer_do_projeto_de_lei_municipal_008-2024_-_financas.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1034/no_009_-_parecer_do_projeto_de_lei_municipal_011-2024_-_financas.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1035/no_010_-_parecer_do_projeto_de_lei_017-2024_-_financas.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1280/parecer_no_012_do_projeto_de_lei_municipal_021-2024_financas.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1128/no_001_-_parecer_oral_do_pl_009-2024_-_executivo_-_comissao_de_saude_educacao_assistencia_social_e_defesa_do_consumidor.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1129/no_002_-_parecer_oral_do_pl_complementar_004-2024_-_executivo_-_comissao_de_saude_educacao_assistencia_social_e_defesa_do_consumidor.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1136/no_001_parecer_do_pl_complementar_no_003-2024.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1137/no_002_parecer_do_pl_municipal_no_012-2024.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1310/parecer_no_003_dos_projetos_de_lei_municipal_026-027-028-2024_planejamento_urbano.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1085/parecer_conjunto_no_001_do_projeto_de_resolucao_001-2024_conjunto_legislacao_e_financas.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1086/parecer_conjunto_no_002_do_projeto_de_lei_001-2024_conjunto_legislacao_e_financas.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1087/parecer_conjunto_no_003_do_projeto_de_lei_municipal_001-2024_conjunto_legislacao_e_financas.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1088/parecer_conjunto_no_004_do_projeto_de_lei_municipal_complementar_001-2024_conjunto_legislacao_e_financas.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1089/parecer_conjunto_no_005_do_projeto_de_lei_municipal_complementar_002-2024_conjunto_legislacao_e_financas.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1156/parecer_conjunto_no_6_do_projeto_de_lei_municipal_013-2024_legislacao_e_financas.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1157/parecer_conjunto_no_7_do_projeto_de_lei_municipal_016-2024_legislacao_e_financas.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1158/parecer_conjunto_no_8_do_projeto_de_lei_municipal_017-2024_legislacao_e_financas.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1159/parecer_conjunto_no_9_do_projeto_de_lei_municipal_018-2024_legislacao_e_financas.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1241/parecer_conjunto_no_010_do_projeto_de_lei_municipal_020-2024_legislacao_financas_e_educacao..pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1298/parecer_conjunto_no_011_do_projeto_de_lei_municipal_019-2024_financas_e_legislacao..pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1309/parecer_conjunto_no_012_dos_projetos_de_lei_municipal_023-024-025-026-027-028-2024_financas_e_legislacao..pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1243/parecer__no_001_da_proposta_de_emenda_001-2024_comissao_especial.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H426"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="48.5703125" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="187.28515625" bestFit="1" customWidth="1"/>
     <col min="7" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>